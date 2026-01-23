--- v0 (2025-11-30)
+++ v1 (2026-01-23)
@@ -1,90 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
+  <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/comments2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/comments3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/comments4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/comments5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/comments6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/comments7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
+  <Override PartName="/xl/comments8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="27928"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29328"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="T:\DIC\9_SITE_INTERNET\MAJ-AELB\2025\25-04-avril\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="O:\OSUR\1-DATA_REFERENTIELS\FORMATS ECHANGE\MASQUE OSUR\2025_en test_ne pas utiliser pour l'instant\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{0CC782EB-9161-49EC-BA2D-CF0A1057956E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{5599D615-8B69-4D38-B32E-11860356271F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="33390" yWindow="105" windowWidth="22125" windowHeight="14610" tabRatio="735" activeTab="5" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-28920" yWindow="-120" windowWidth="29040" windowHeight="15720" tabRatio="735" activeTab="7" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Nouveautés_Masque" sheetId="23" r:id="rId1"/>
-    <sheet name="Invertébrés PMCE &amp; I2M2" sheetId="8" r:id="rId2"/>
-    <sheet name="Invertébrés GCE &amp; I2M2" sheetId="16" r:id="rId3"/>
+    <sheet name="Macro invertébrés_peu_profonds" sheetId="8" r:id="rId2"/>
+    <sheet name="Macro invertébrés_profonds" sheetId="16" r:id="rId3"/>
     <sheet name="IBD" sheetId="18" r:id="rId4"/>
     <sheet name="IBMR" sheetId="19" r:id="rId5"/>
     <sheet name="IPR" sheetId="20" r:id="rId6"/>
     <sheet name="IOBS" sheetId="21" state="hidden" r:id="rId7"/>
-    <sheet name="Physico-chimie" sheetId="22" r:id="rId8"/>
-    <sheet name="Commentaires _Typologie Agence " sheetId="2" r:id="rId9"/>
+    <sheet name="IPHYGE" sheetId="24" r:id="rId8"/>
+    <sheet name="Physico-chimie" sheetId="22" r:id="rId9"/>
+    <sheet name="Commentaires _Typologie Agence " sheetId="2" r:id="rId10"/>
   </sheets>
-  <calcPr calcId="191029"/>
+  <calcPr calcId="191029" iterateDelta="1E-4"/>
   <fileRecoveryPr autoRecover="0"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
 <comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
   <authors>
     <author>PRAUD Marie-Andree</author>
   </authors>
   <commentList>
     <comment ref="A9" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0000-000001000000}">
       <text>
         <r>
           <rPr>
@@ -237,75 +244,104 @@
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">RCS : 0400000125
 RCO : 0400000126
 RRP : 0400000943
 RCA : 0400010001
 Autres réseaux existants (réseaux locaux, réseaux départementaux...)
 si pas de code réseau (codes réseaux locaux génériques) : 0400003059
 </t>
         </r>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/comments7.xml><?xml version="1.0" encoding="utf-8"?>
 <comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
   <authors>
     <author>PRAUD Marie-Andree</author>
   </authors>
   <commentList>
+    <comment ref="A9" authorId="0" shapeId="0" xr:uid="{2BDA406B-B638-4F44-BB07-05F69F5B0DCE}">
+      <text>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>RCS : 0400000125
+RCO : 0400000126
+RRP : 0400000943
+RCA : 0400010001
+RCR : 0400003221
++ Autres réseaux existants (réseaux locaux, réseaux départementaux...)
+Cf site du Sandre</t>
+        </r>
+      </text>
+    </comment>
+  </commentList>
+</comments>
+</file>
+
+<file path=xl/comments8.xml><?xml version="1.0" encoding="utf-8"?>
+<comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
+  <authors>
+    <author>PRAUD Marie-Andree</author>
+  </authors>
+  <commentList>
     <comment ref="A7" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0600-000001000000}">
       <text>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>RCS : 0400000125
 RCO : 0400000126
 RRP : 0400000943
 RCA : 0400010001
 RCR : 0400003221
 + Autres réseaux existants (réseaux locaux, réseaux départementaux...)
 Cf site du Sandre</t>
         </r>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="325" uniqueCount="164">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="374" uniqueCount="187">
   <si>
     <t>Code station</t>
   </si>
   <si>
     <t>Libellés</t>
   </si>
   <si>
     <t>Quand appliquer ce commentaire ?</t>
   </si>
   <si>
     <t>Où ?</t>
   </si>
   <si>
     <t>- Exemple : eaux saumâtres pour la mesure de la DCO</t>
   </si>
   <si>
     <t>- Résultat(s)</t>
   </si>
   <si>
     <t>- La rivière est en crue : les résultats organoleptiques et/ou physico-chimiques sont impactés</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">- Prélèvement </t>
     </r>
@@ -477,85 +513,54 @@
   <si>
     <t>FLACON CASSE</t>
   </si>
   <si>
     <t>OUBLI</t>
   </si>
   <si>
     <t>METHODE ANALYTIQUE NON CONFORME</t>
   </si>
   <si>
     <t>RUPTURE D ECOULEMENT</t>
   </si>
   <si>
     <t>-  Présence d'eau sans écoulement (trous d'eau, flaques), le prélèvement n'a pas été effectué</t>
   </si>
   <si>
     <t>PRELEVEMENT NON REALISE DANS LE MILIEU</t>
   </si>
   <si>
     <t>AUTRE : SE RENSEIGNER AUPRES DE L'AGENCE DE L'EAU</t>
   </si>
   <si>
     <t>Codes paramètres associés</t>
   </si>
   <si>
-    <t>Méthode</t>
-[...16 lines deleted...]
-  <si>
     <t>12 prélèvements</t>
   </si>
   <si>
-    <t>Chenal+
-[...8 lines deleted...]
-  <si>
     <t>Macroinvertébrés grands cours d'eau</t>
-  </si>
-[...1 lines deleted...]
-    <t xml:space="preserve"> (*) : à modifier si les codes indiqués ne correspondent pas</t>
   </si>
   <si>
     <t>ANNULE : DEBIT NON STABILISE</t>
   </si>
   <si>
     <t>ANNULE : PROTOCOLE NON PERTINENT</t>
   </si>
   <si>
     <t xml:space="preserve"> - la succession de variation de débits ou milieu turbide ne permettant pas le prélèvement, le prélèvement n'ayant pas pu être reprogrammé</t>
   </si>
   <si>
     <t xml:space="preserve">Informations obligatoires : </t>
   </si>
   <si>
     <t>Nom du Déterminateur</t>
   </si>
   <si>
     <t>Nom du Chef d'équipe (Préleveur)</t>
   </si>
   <si>
     <t xml:space="preserve">Libellé Etablissement  Déterminateur : </t>
   </si>
   <si>
     <t>Code Sandre Etablissement Déterminateur :</t>
   </si>
@@ -596,203 +601,51 @@
     <t>Codification sur 8 chiffres 
 Ex 04143000</t>
   </si>
   <si>
     <t>Si inconnue, mettre 10:00 par défaut</t>
   </si>
   <si>
     <t xml:space="preserve">Texte limité à 40 caractères, en majuscules et sans caractères spéciaux </t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Commentaire sur prélèvement
 </t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="10"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>Voir onglet Commentaire_ Typologie Agence si valeurs manquantes</t>
     </r>
   </si>
   <si>
-    <r>
-[...147 lines deleted...]
-  <si>
     <t>Aide à la saisie</t>
-  </si>
-[...1 lines deleted...]
-    <t>Berges+ Chenal</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">I2M2 - Indice Invertébré Multimétrique
 </t>
     </r>
     <r>
       <rPr>
         <b/>
         <i/>
         <sz val="10"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">                                 </t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="10"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> Code paramètre Sandre :</t>
     </r>
@@ -1143,206 +996,55 @@
     <r>
       <t xml:space="preserve">IBD (selon norme de avril 2016 calcul avec le SEEE)
                                </t>
     </r>
     <r>
       <rPr>
         <b/>
         <i/>
         <sz val="10"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">   </t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="10"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>Code paramètre Sandre :</t>
     </r>
   </si>
   <si>
-    <t>Joindre les listes faunistiques au format OFB (https://professionnels.ofb.fr/node/310)</t>
-[...7 lines deleted...]
-  <si>
     <t>Joindre les listes faunistiques</t>
-  </si>
-[...30 lines deleted...]
-    </r>
   </si>
   <si>
     <t>Méthode
 Qualité de l'eau - Prélèvements des macro-invertébrés aquatiques en rivières profondes et canaux (XP T90-337 Mars 2019)</t>
-  </si>
-[...108 lines deleted...]
-    </r>
   </si>
   <si>
     <t>Pour tout prélèvement non réalisé, la date, l’heure et le commentaire de justification doivent être renseignés</t>
   </si>
   <si>
     <t xml:space="preserve">- Marie Andrée PRAUD : 02 38 49 75 12
 - Sylvain JOLLY  : 02 38 49 75 98
 </t>
   </si>
   <si>
     <t>ANNULE : ARRETE</t>
   </si>
   <si>
     <t xml:space="preserve"> - l'arrêté préfectoral ne permet pas la réalisation du prélèvement (arrêté sécheresse ou avenant de report de date non accordé)</t>
   </si>
   <si>
     <t>- Le préleveur a oublié de prospecter une station
 - Le laboratoire a oublié d'effectuer une série d'analyses</t>
   </si>
   <si>
     <t xml:space="preserve"> - prélèvement non réalisé car la méthode programmée est non adaptée (PCE - GCE), le prélèvement n'ayant pas pu être reprogrammé</t>
   </si>
   <si>
     <t>Libellé Producteur :</t>
   </si>
@@ -1750,151 +1452,619 @@
     <r>
       <t xml:space="preserve">Métrique du niveau de spécialisation moyen en matière de ressources trophiques utilisées pour l'I2M2_CEP
                             </t>
     </r>
     <r>
       <rPr>
         <b/>
         <i/>
         <sz val="10"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">    </t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="10"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">  Code paramètre Sandre :</t>
     </r>
   </si>
   <si>
-    <t>IBG DCE (cours d'eau peu profonds) &amp; I2M2 - PRELEVEMENTS 2024</t>
-[...13 lines deleted...]
-  <si>
     <t>IOBS - PRELEVEMENTS 2024</t>
   </si>
   <si>
-    <t>Physico-chimie  PRELEVEMENTS 2024</t>
-[...1 lines deleted...]
-  <si>
     <t>indice de robustesse</t>
   </si>
   <si>
     <t>Nouveauté du masque 2023</t>
   </si>
   <si>
-    <t>Renseigner le code paramètre ici</t>
-[...1 lines deleted...]
-  <si>
     <t>Nom du Chef d'équipe</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Métrique de Biomasse Phytoplanctonique en EQR de l'Indice Phytoplancton Grands Cours d’Eau Métropole (IPHYGE)
+                               </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">   </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>Code paramètre Sandre :</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Métrique de composition générique du phosphore en EQR de l'Indice Phytoplancton Grands Cours d’Eau Métropole (IPHYGE) 
+                                   </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>Code paramètre Sandre :</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Métrique de composition générique de l’azote en EQR de l'Indice Phytoplancton Grands Cours d’Eau Métropole (IPHYGE) 
+</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">                                    Code paramètre Sandre :</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Métrique de composition spécifique du nitrate en EQR de l'Indice Phytoplancton Grands Cours d’Eau Métropole (IPHYGE) 
+                                   </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> Code paramètre Sandre :</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Note en EQR de l'Indice Phytoplancton Grands Cours d’Eau Métropole (IPHYGE) 
+                                    </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>Code paramètre Sandre :</t>
+    </r>
+  </si>
+  <si>
+    <t>IBD - PRELEVEMENTS 2025</t>
+  </si>
+  <si>
+    <t>IBMR - PRELEVEMENTS 2025</t>
+  </si>
+  <si>
+    <t>IPR - PRELEVEMENTS 2025</t>
+  </si>
+  <si>
+    <t>Physico-chimie  PRELEVEMENTS 2025</t>
+  </si>
+  <si>
+    <t>0,80755438</t>
+  </si>
+  <si>
+    <t>0,9473158</t>
+  </si>
+  <si>
+    <t>0,73846662</t>
+  </si>
+  <si>
+    <t>0,68252536</t>
+  </si>
+  <si>
+    <t>0,93179046</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Ajout de l'indice et des métriques </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color rgb="FF00B050"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">Phytoplancton
+Grands Cours d’Eau Métropole (IPHYGE) </t>
+    </r>
+  </si>
+  <si>
+    <t>Phytoplancton GCE Métropole - PRELEVEMENTS 2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> </t>
+  </si>
+  <si>
+    <t>Nouveautés du masque 2025</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Macro invertébrés : </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color rgb="FF00B050"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>Arrêté du 9 octobre 2023</t>
+    </r>
+  </si>
+  <si>
+    <t>https://seee.eaufrance.fr/</t>
+  </si>
+  <si>
+    <t>IPHYGE  1.0.0</t>
+  </si>
+  <si>
+    <t>MGCE 1.0.3 / 1.0.1 / 1.0.0</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Indice macroinvertébrés grands cours d'eau - 12 prélèvements 
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>Code méthode</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> = </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">1221
+                              </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">     Code paramètre Sandre :</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <u/>
+        <sz val="10"/>
+        <color theme="0"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Variété taxonomique macroinvertébrés grands cours d'eau - 12 prélèvements 
+</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">                                    Code paramètre Sandre :</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Groupe Faunistique Indicateur macroinvertébrés grands cours d'eau - 12 prélèvements 
+</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">                                    Code paramètre Sandre :</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">IBG DCE B1+B2 - Code méthode = </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>1029</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> (*)
+                          </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">   </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">Code paramètre Sandre </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">(*) </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>:</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Variété taxonomique B1+B2
+                            </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">Code paramètre Sandre </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>(*)</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> :</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">GFI B1+B2
+                            </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">Code paramètre Sandre </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>(*)</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> :</t>
+    </r>
+  </si>
+  <si>
+    <t>Version Méthode d'Evaluation I2M2 :</t>
+  </si>
+  <si>
+    <t>Version Méthode d'Evaluation MGCE :</t>
+  </si>
+  <si>
+    <t>Version Méthode d'Evaluation I2M2 CEP :</t>
+  </si>
+  <si>
+    <t>Macro invertébrés peu profonds (à pied) - PRELEVEMENTS 2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Macro invertébrés profonds (en bateau)  - PRELEVEMENTS 2025</t>
+  </si>
+  <si>
+    <t>Version Méthode d'Evaluation IBD :</t>
+  </si>
+  <si>
+    <t>Version Méthode d'Evaluation IBMR :</t>
+  </si>
+  <si>
+    <t>Version Méthode d'Evaluation IPR :</t>
+  </si>
+  <si>
+    <t>Version Méthode d'Evaluation IPHYGE :</t>
+  </si>
+  <si>
+    <t xml:space="preserve">I2M2_CEP  1.0.1 / 1.0.0 </t>
+  </si>
+  <si>
+    <t>IPR  1.0.3 / 1.0.2 / 1.0.1</t>
+  </si>
+  <si>
+    <t>Version Méthode d'Evaluation IBG-DCE :</t>
+  </si>
+  <si>
+    <t>I2M2  1.0.6 / 1.0.5 / 1.0.4 / 1.0.3</t>
+  </si>
+  <si>
+    <t>IBD  1.3.0 / 1.2.4 / 1.2.3 / 1.2.2 / 1.2.1 / 1.1.2 /.1.1.1 / 1.1.0</t>
+  </si>
+  <si>
+    <t>IBG-DCE  1.0.6 / 1.0.5 / 1.0.4 / 1.0.3</t>
+  </si>
+  <si>
+    <t>IBMR  1.2.1 / 1.2.0 / 1.1.5 / 1.1.4 / 1.1.3 / 1.1.2 / 1.1.1</t>
+  </si>
+  <si>
+    <r>
+      <t>Ajout de la version de la</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color rgb="FF00B050"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> méthode d'évaluation SEEE</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> pour tous les supports  - </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <u/>
+        <sz val="12"/>
+        <color rgb="FF0070C0"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>Information facultative</t>
+    </r>
+  </si>
+  <si>
+    <t>Joindre les listes faunistiques au format OFB  (https://ofb.gouv.fr/elements-biologiques-cours-eau-metropole-methodes-de-surveillance-etat-ecologique)</t>
+  </si>
+  <si>
+    <t>Joindre les listes faunistiques au format OFB (https://ofb.gouv.fr/elements-biologiques-cours-eau-metropole-methodes-de-surveillance-etat-ecologique)</t>
+  </si>
+  <si>
+    <t>Joindre les listes floristiques au format OFB (https://ofb.gouv.fr/elements-biologiques-cours-eau-metropole-methodes-de-surveillance-etat-ecologique) ou OMNIDIA (prn)</t>
+  </si>
+  <si>
+    <t>Joindre les listes floristiques au format OFB (https://ofb.gouv.fr/elements-biologiques-cours-eau-metropole-methodes-de-surveillance-etat-ecologique)</t>
+  </si>
+  <si>
+    <t>Joindre les listes floristiques au format OFB  (https://ofb.gouv.fr/elements-biologiques-cours-eau-metropole-methodes-de-surveillance-etat-ecologique)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="6">
     <numFmt numFmtId="164" formatCode="dd/mm/yy;@"/>
     <numFmt numFmtId="165" formatCode="h:mm;@"/>
     <numFmt numFmtId="166" formatCode="h:mm"/>
     <numFmt numFmtId="167" formatCode="0.0"/>
     <numFmt numFmtId="168" formatCode="00000000"/>
     <numFmt numFmtId="169" formatCode="0.00000"/>
   </numFmts>
-  <fonts count="33" x14ac:knownFonts="1">
+  <fonts count="37" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="16"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color indexed="48"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color indexed="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
-      <sz val="10"/>
-[...4 lines deleted...]
-    <font>
       <sz val="10"/>
       <color indexed="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color indexed="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <i/>
       <sz val="10"/>
       <color indexed="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
@@ -1955,175 +2125,213 @@
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <i/>
       <sz val="10"/>
       <color indexed="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="9"/>
       <color indexed="81"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color rgb="FFFF0000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
-      <i/>
-[...12 lines deleted...]
-    <font>
       <u/>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color rgb="FF1F497D"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color rgb="FFFF0000"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color rgb="FF00B050"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color rgb="FF00B050"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <i/>
       <sz val="10"/>
       <color indexed="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
+    <font>
+      <b/>
+      <i/>
+      <sz val="12"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FF9C5700"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="10"/>
+      <color rgb="FF0070C0"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <u/>
+      <sz val="10"/>
+      <color theme="10"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <i/>
+      <u/>
+      <sz val="10"/>
+      <color theme="0"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <u/>
+      <sz val="10"/>
+      <color theme="10"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <i/>
+      <u/>
+      <sz val="12"/>
+      <color rgb="FF0070C0"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
   </fonts>
   <fills count="12">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="9"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="44"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="22"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="41"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor indexed="47"/>
-[...4 lines deleted...]
-      <patternFill patternType="solid">
         <fgColor indexed="13"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="29"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="42"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.14999847407452621"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFF00"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFFFEB9C"/>
+      </patternFill>
+    </fill>
   </fills>
-  <borders count="50">
+  <borders count="48">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
@@ -2238,220 +2446,100 @@
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="double">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="double">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="double">
         <color indexed="64"/>
       </top>
       <bottom style="double">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left style="thin">
+      <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
-      <bottom style="thin">
+      <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
-      <right style="medium">
+      <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
-      <bottom style="thin">
+      <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
-      <top style="thin">
+      <top style="medium">
         <color indexed="64"/>
       </top>
-      <bottom style="thin">
+      <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
-      <right style="thin">
-[...73 lines deleted...]
-      </left>
       <right/>
       <top style="medium">
-        <color indexed="64"/>
-[...43 lines deleted...]
-      <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="double">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
@@ -2544,80 +2632,54 @@
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
-      <top style="medium">
+      <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
-        <color indexed="64"/>
-[...24 lines deleted...]
-      <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="double">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="double">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
@@ -2729,93 +2791,173 @@
       <top style="double">
         <color indexed="64"/>
       </top>
       <bottom style="double">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
-      <right/>
-      <top style="thin">
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
         <color indexed="64"/>
       </top>
-      <bottom style="thin">
+      <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
-      <top style="medium">
-[...1 lines deleted...]
-      </top>
+      <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left style="medium">
+      <left style="thin">
         <color indexed="64"/>
       </left>
-      <right style="medium">
-[...1 lines deleted...]
-      </right>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
       <top/>
-      <bottom style="medium">
+      <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
-  <cellStyleXfs count="2">
+  <cellStyleXfs count="4">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="31" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="33" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="162">
+  <cellXfs count="172">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="centerContinuous" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
@@ -2862,432 +3004,436 @@
     </xf>
     <xf numFmtId="165" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="1" fontId="4" fillId="0" borderId="1" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="4" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...41 lines deleted...]
-    <xf numFmtId="0" fontId="4" fillId="2" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="2" borderId="24" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="16" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="25" xfId="0" quotePrefix="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="17" xfId="0" quotePrefix="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="2" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="2" borderId="27" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="19" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="28" xfId="0" quotePrefix="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="20" xfId="0" quotePrefix="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="168" fontId="7" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="9" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="9" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" quotePrefix="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="164" fontId="16" fillId="9" borderId="25" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="9" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="9" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="166" fontId="19" fillId="9" borderId="25" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="9" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="9" borderId="25" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="168" fontId="7" fillId="0" borderId="28" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="4" fillId="0" borderId="28" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="4" fillId="0" borderId="28" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="28" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="168" fontId="21" fillId="9" borderId="29" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="16" fillId="9" borderId="30" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="16" fillId="9" borderId="30" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="16" fillId="9" borderId="30" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="9" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="9" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="9" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="9" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="9" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="167" fontId="4" fillId="0" borderId="1" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="16" fillId="0" borderId="1" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="169" fontId="16" fillId="0" borderId="1" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="1" fontId="17" fillId="9" borderId="25" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="169" fontId="16" fillId="0" borderId="28" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="169" fontId="16" fillId="9" borderId="30" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="16" fillId="0" borderId="28" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="16" fillId="9" borderId="30" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="167" fontId="4" fillId="0" borderId="28" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="167" fontId="16" fillId="9" borderId="30" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="33" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
+    <xf numFmtId="0" fontId="16" fillId="9" borderId="30" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="19" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="20" xfId="0" quotePrefix="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="20" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="21" fillId="9" borderId="36" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="1" fontId="17" fillId="9" borderId="1" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="38" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="10" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="29" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="10" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="9" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="166" fontId="19" fillId="9" borderId="39" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="17" fillId="9" borderId="40" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="11" borderId="39" xfId="2" applyBorder="1"/>
+    <xf numFmtId="0" fontId="31" fillId="11" borderId="41" xfId="2" applyBorder="1"/>
+    <xf numFmtId="0" fontId="31" fillId="11" borderId="42" xfId="2" applyBorder="1"/>
+    <xf numFmtId="0" fontId="31" fillId="11" borderId="43" xfId="2" applyBorder="1"/>
+    <xf numFmtId="0" fontId="31" fillId="11" borderId="0" xfId="2" applyBorder="1"/>
+    <xf numFmtId="0" fontId="31" fillId="11" borderId="44" xfId="2" applyBorder="1"/>
+    <xf numFmtId="0" fontId="31" fillId="11" borderId="40" xfId="2" applyBorder="1"/>
+    <xf numFmtId="0" fontId="31" fillId="11" borderId="45" xfId="2" applyBorder="1"/>
+    <xf numFmtId="0" fontId="31" fillId="11" borderId="46" xfId="2" applyBorder="1"/>
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="0" xfId="2" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="45" xfId="2" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="9" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="168" fontId="21" fillId="0" borderId="28" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="21" fillId="0" borderId="46" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="16" fillId="0" borderId="28" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="16" fillId="0" borderId="28" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="28" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="28" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="17" fillId="9" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="33" fillId="0" borderId="1" xfId="3" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
-    </xf>
-[...7 lines deleted...]
-      <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
-[...20 lines deleted...]
-    <xf numFmtId="0" fontId="21" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="35" fillId="0" borderId="16" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="35" fillId="0" borderId="47" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="35" fillId="0" borderId="19" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="7" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="164" fontId="17" fillId="10" borderId="34" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="12" fillId="7" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="10" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="12" fillId="7" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...11 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="10" borderId="34" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="8" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="7" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="168" fontId="7" fillId="0" borderId="38" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="12" fillId="7" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="164" fontId="4" fillId="0" borderId="38" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="1" fontId="4" fillId="0" borderId="38" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="12" fillId="7" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="38" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
-    </xf>
-[...101 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="27" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="4" fillId="2" borderId="26" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="28" xfId="0" quotePrefix="1" applyBorder="1" applyAlignment="1">
-[...101 lines deleted...]
-    <xf numFmtId="49" fontId="0" fillId="2" borderId="37" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="0" fillId="2" borderId="27" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="29" fillId="0" borderId="44" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="26" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="28" fillId="0" borderId="44" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="28" fillId="0" borderId="45" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="35" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="24" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="23" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
   </cellXfs>
-  <cellStyles count="2">
+  <cellStyles count="4">
+    <cellStyle name="Lien hypertexte" xfId="3" builtinId="8"/>
+    <cellStyle name="Neutre" xfId="2" builtinId="28"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal_Masque_saisie_OSUR_2013_6_RCO_131213." xfId="1" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00800000"/>
       <rgbColor rgb="00008000"/>
@@ -3329,51 +3475,210 @@
       <rgbColor rgb="00FF6600"/>
       <rgbColor rgb="00666699"/>
       <rgbColor rgb="00969696"/>
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/></Relationships>
+</file>
+
+<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+</file>
+
+<file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
+</file>
+
+<file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/></Relationships>
+</file>
+
+<file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>190500</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>114300</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>7</xdr:col>
+      <xdr:colOff>589319</xdr:colOff>
+      <xdr:row>4</xdr:row>
+      <xdr:rowOff>264658</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="5" name="Image 4">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FB52CB5D-2DB0-FD42-8788-1D788544EC1C}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="4314825" y="876300"/>
+          <a:ext cx="9851429" cy="1093333"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+</xdr:wsDr>
+</file>
+
+<file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>5</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>16</xdr:col>
+      <xdr:colOff>665520</xdr:colOff>
+      <xdr:row>7</xdr:row>
+      <xdr:rowOff>365620</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="4" name="Image 3">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5827875D-09A2-C2D8-477D-83FE21872456}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="5143500" y="1885950"/>
+          <a:ext cx="9838095" cy="1123810"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+</xdr:wsDr>
+</file>
+
+<file path=xl/drawings/drawing3.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>4</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>17</xdr:col>
+      <xdr:colOff>2577</xdr:colOff>
+      <xdr:row>7</xdr:row>
+      <xdr:rowOff>22715</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="2" name="Image 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3CD51228-6FD5-AA21-7878-C237EFA507A4}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="5819775" y="1514475"/>
+          <a:ext cx="9866667" cy="1161905"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+</xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -3618,3860 +3923,4552 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://seee.eaufrance.fr/" TargetMode="External"/></Relationships>
+</file>
+
+<file path=xl/worksheets/_rels/sheet10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings10.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing2.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing2.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments2.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing3.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments4.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing4.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments5.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing5.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments6.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing6.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings7.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments7.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing7.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings8.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings9.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments8.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing8.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings9.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D06FFA21-BC87-45EC-9C4F-0D7A2B936AF6}">
   <sheetPr>
-    <tabColor rgb="FFFF0000"/>
+    <tabColor theme="9"/>
   </sheetPr>
-  <dimension ref="A1:C19"/>
+  <dimension ref="A1:M41"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="60.109375" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="49.33203125" customWidth="1"/>
+    <col min="3" max="3" width="42.33203125" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="116" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="2" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="114"/>
+    </row>
+    <row r="3" spans="1:8" ht="44.4" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A3" s="123" t="s">
+        <v>155</v>
+      </c>
+      <c r="B3" s="124"/>
+      <c r="C3" s="125"/>
+      <c r="D3" s="125"/>
+      <c r="E3" s="125"/>
+      <c r="F3" s="125"/>
+      <c r="G3" s="125"/>
+      <c r="H3" s="126"/>
+    </row>
+    <row r="4" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="121"/>
+      <c r="B4" s="127"/>
+      <c r="C4" s="128"/>
+      <c r="D4" s="128"/>
+      <c r="E4" s="128"/>
+      <c r="F4" s="128"/>
+      <c r="G4" s="128"/>
+      <c r="H4" s="129"/>
+    </row>
+    <row r="5" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="114"/>
+      <c r="B5" s="130"/>
+      <c r="C5" s="131"/>
+      <c r="D5" s="131"/>
+      <c r="E5" s="131"/>
+      <c r="F5" s="131"/>
+      <c r="G5" s="131"/>
+      <c r="H5" s="132"/>
+    </row>
+    <row r="6" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A6" s="114"/>
+      <c r="B6" s="134"/>
+      <c r="C6" s="133"/>
+      <c r="D6" s="133"/>
+      <c r="E6" s="133"/>
+      <c r="F6" s="133"/>
+      <c r="G6" s="133"/>
+      <c r="H6" s="133"/>
+    </row>
+    <row r="7" spans="1:8" ht="31.2" x14ac:dyDescent="0.25">
+      <c r="A7" s="135" t="s">
+        <v>181</v>
+      </c>
+      <c r="B7" s="146" t="s">
+        <v>177</v>
+      </c>
+      <c r="C7" s="150" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="8" spans="1:8" ht="31.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B8" s="146" t="s">
+        <v>174</v>
+      </c>
+      <c r="C8" s="151"/>
+    </row>
+    <row r="9" spans="1:8" ht="31.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B9" s="146" t="s">
+        <v>178</v>
+      </c>
+      <c r="C9" s="151"/>
+    </row>
+    <row r="10" spans="1:8" ht="31.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B10" s="146" t="s">
+        <v>179</v>
+      </c>
+      <c r="C10" s="151"/>
+    </row>
+    <row r="11" spans="1:8" ht="31.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B11" s="146" t="s">
+        <v>180</v>
+      </c>
+      <c r="C11" s="151"/>
+    </row>
+    <row r="12" spans="1:8" ht="31.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B12" s="146" t="s">
+        <v>157</v>
+      </c>
+      <c r="C12" s="151"/>
+    </row>
+    <row r="13" spans="1:8" ht="31.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B13" s="146" t="s">
+        <v>175</v>
+      </c>
+      <c r="C13" s="151"/>
+    </row>
+    <row r="14" spans="1:8" ht="31.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B14" s="146" t="s">
+        <v>158</v>
+      </c>
+      <c r="C14" s="152"/>
+    </row>
+    <row r="16" spans="1:8" ht="39.6" x14ac:dyDescent="0.25">
+      <c r="A16" s="115" t="s">
+        <v>151</v>
+      </c>
+      <c r="B16" s="5" t="s">
+        <v>141</v>
+      </c>
+      <c r="C16" s="105">
+        <v>9126</v>
+      </c>
+    </row>
+    <row r="17" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
+      <c r="A17" s="114"/>
+      <c r="B17" s="5" t="s">
+        <v>137</v>
+      </c>
+      <c r="C17" s="105">
+        <v>9140</v>
+      </c>
+    </row>
+    <row r="18" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
+      <c r="A18" s="114"/>
+      <c r="B18" s="5" t="s">
+        <v>138</v>
+      </c>
+      <c r="C18" s="105">
+        <v>9141</v>
+      </c>
+      <c r="G18" s="118"/>
+    </row>
+    <row r="19" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
+      <c r="A19" s="114"/>
+      <c r="B19" s="5" t="s">
+        <v>139</v>
+      </c>
+      <c r="C19" s="105">
+        <v>9142</v>
+      </c>
+      <c r="M19" s="122" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="20" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
+      <c r="A20" s="114"/>
+      <c r="B20" s="5" t="s">
+        <v>140</v>
+      </c>
+      <c r="C20" s="105">
+        <v>9143</v>
+      </c>
+    </row>
+    <row r="21" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="114"/>
+    </row>
+    <row r="22" spans="1:13" ht="36" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="117" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="23" spans="1:13" ht="13.8" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="114"/>
+    </row>
+    <row r="24" spans="1:13" ht="39" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="109" t="s">
+        <v>130</v>
+      </c>
+      <c r="B24" s="5" t="s">
+        <v>116</v>
+      </c>
+      <c r="C24" s="105">
+        <v>8987</v>
+      </c>
+    </row>
+    <row r="25" spans="1:13" ht="39" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="108"/>
+      <c r="B25" s="5" t="s">
+        <v>117</v>
+      </c>
+      <c r="C25" s="105">
+        <v>8988</v>
+      </c>
+    </row>
+    <row r="26" spans="1:13" ht="39" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B26" s="5" t="s">
+        <v>118</v>
+      </c>
+      <c r="C26" s="105">
+        <v>8989</v>
+      </c>
+    </row>
+    <row r="27" spans="1:13" ht="39" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B27" s="5" t="s">
+        <v>119</v>
+      </c>
+      <c r="C27" s="105">
+        <v>8990</v>
+      </c>
+    </row>
+    <row r="28" spans="1:13" ht="39" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B28" s="5" t="s">
+        <v>120</v>
+      </c>
+      <c r="C28" s="105">
+        <v>8991</v>
+      </c>
+    </row>
+    <row r="29" spans="1:13" ht="39" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B29" s="5" t="s">
+        <v>121</v>
+      </c>
+      <c r="C29" s="105">
+        <v>8992</v>
+      </c>
+    </row>
+    <row r="30" spans="1:13" hidden="1" x14ac:dyDescent="0.25"/>
+    <row r="31" spans="1:13" hidden="1" x14ac:dyDescent="0.25"/>
+    <row r="32" spans="1:13" ht="30" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A32" s="117" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="33" spans="1:3" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A33" s="38"/>
+      <c r="B33" s="55" t="s">
+        <v>49</v>
+      </c>
+      <c r="C33" s="110"/>
+    </row>
+    <row r="34" spans="1:3" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A34" s="148" t="s">
+        <v>131</v>
+      </c>
+      <c r="B34" s="53" t="s">
+        <v>100</v>
+      </c>
+      <c r="C34" s="105" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="35" spans="1:3" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A35" s="149"/>
+      <c r="B35" s="53" t="s">
+        <v>101</v>
+      </c>
+      <c r="C35" s="105" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="36" spans="1:3" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A36" s="111"/>
+    </row>
+    <row r="37" spans="1:3" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A37" s="149" t="s">
+        <v>125</v>
+      </c>
+      <c r="B37" s="5" t="s">
+        <v>126</v>
+      </c>
+      <c r="C37" s="105">
+        <v>8063</v>
+      </c>
+    </row>
+    <row r="38" spans="1:3" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A38" s="149"/>
+      <c r="B38" s="5" t="s">
+        <v>127</v>
+      </c>
+      <c r="C38" s="105">
+        <v>7974</v>
+      </c>
+    </row>
+    <row r="39" spans="1:3" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A39" s="112"/>
+      <c r="B39" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="40" spans="1:3" ht="118.8" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A40" s="5" t="s">
+        <v>128</v>
+      </c>
+      <c r="B40" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="C40" s="113" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="41" spans="1:3" hidden="1" x14ac:dyDescent="0.25"/>
+  </sheetData>
+  <mergeCells count="3">
+    <mergeCell ref="A34:A35"/>
+    <mergeCell ref="A37:A38"/>
+    <mergeCell ref="C7:C14"/>
+  </mergeCells>
+  <hyperlinks>
+    <hyperlink ref="C7" r:id="rId1" xr:uid="{646D13D8-6040-4147-8FED-3ABB424D171F}"/>
+  </hyperlinks>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId2"/>
+  <drawing r:id="rId3"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0700-000000000000}">
+  <sheetPr>
+    <tabColor indexed="44"/>
+  </sheetPr>
+  <dimension ref="A1:F25"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="I11" sqref="I11"/>
+      <selection activeCell="A11" sqref="A11"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.44140625" defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="60.140625" bestFit="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="42.28515625" customWidth="1"/>
+    <col min="1" max="1" width="56.5546875" style="18" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="61.6640625" style="10" customWidth="1"/>
+    <col min="3" max="3" width="19.33203125" style="10" bestFit="1" customWidth="1"/>
+    <col min="4" max="5" width="11.44140625" style="10"/>
+    <col min="6" max="6" width="19.44140625" style="10" customWidth="1"/>
+    <col min="7" max="16384" width="11.44140625" style="10"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:3" ht="30" customHeight="1" x14ac:dyDescent="0.2">
-[...129 lines deleted...]
-      </c>
+    <row r="1" spans="1:6" s="6" customFormat="1" ht="27.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="164" t="s">
+        <v>26</v>
+      </c>
+      <c r="B1" s="164"/>
+      <c r="C1" s="164"/>
+      <c r="E1" s="171"/>
+      <c r="F1" s="171"/>
+    </row>
+    <row r="2" spans="1:6" s="6" customFormat="1" ht="27.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B2" s="99"/>
+      <c r="C2" s="99"/>
+    </row>
+    <row r="3" spans="1:6" s="6" customFormat="1" ht="9" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A3" s="7"/>
+      <c r="C3" s="7"/>
+    </row>
+    <row r="4" spans="1:6" ht="26.25" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="31" t="s">
+        <v>1</v>
+      </c>
+      <c r="B4" s="8" t="s">
+        <v>2</v>
+      </c>
+      <c r="C4" s="9" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="5" spans="1:6" customFormat="1" ht="26.25" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A5" s="168" t="s">
+        <v>94</v>
+      </c>
+      <c r="B5" s="169"/>
+      <c r="C5" s="170"/>
+    </row>
+    <row r="6" spans="1:6" ht="30" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="26" t="s">
+        <v>27</v>
+      </c>
+      <c r="B6" s="11" t="s">
+        <v>4</v>
+      </c>
+      <c r="C6" s="12" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="7" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="32" t="s">
+        <v>28</v>
+      </c>
+      <c r="B7" s="33" t="s">
+        <v>6</v>
+      </c>
+      <c r="C7" s="34" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="8" spans="1:6" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="49" t="s">
+        <v>46</v>
+      </c>
+      <c r="B8" s="50" t="s">
+        <v>48</v>
+      </c>
+      <c r="C8" s="51" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="9" spans="1:6" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="100" t="s">
+        <v>96</v>
+      </c>
+      <c r="B9" s="101" t="s">
+        <v>97</v>
+      </c>
+      <c r="C9" s="102" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="10" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="35" t="s">
+        <v>29</v>
+      </c>
+      <c r="B10" s="36" t="s">
+        <v>8</v>
+      </c>
+      <c r="C10" s="37" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="11" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="27" t="s">
+        <v>30</v>
+      </c>
+      <c r="B11" s="13" t="s">
+        <v>10</v>
+      </c>
+      <c r="C11" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="12" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="27" t="s">
+        <v>31</v>
+      </c>
+      <c r="B12" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="C12" s="15" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="13" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="27" t="s">
+        <v>32</v>
+      </c>
+      <c r="B13" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="C13" s="15" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="14" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="27" t="s">
+        <v>33</v>
+      </c>
+      <c r="B14" s="13" t="s">
+        <v>15</v>
+      </c>
+      <c r="C14" s="15" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="15" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="27" t="s">
+        <v>34</v>
+      </c>
+      <c r="B15" s="13" t="s">
+        <v>16</v>
+      </c>
+      <c r="C15" s="15" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="16" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="27" t="s">
+        <v>35</v>
+      </c>
+      <c r="B16" s="13" t="s">
+        <v>17</v>
+      </c>
+      <c r="C16" s="14" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="17" spans="1:3" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="27" t="s">
+        <v>36</v>
+      </c>
+      <c r="B17" s="13" t="s">
+        <v>19</v>
+      </c>
+      <c r="C17" s="14" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="18" spans="1:3" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="27" t="s">
+        <v>37</v>
+      </c>
+      <c r="B18" s="13" t="s">
+        <v>98</v>
+      </c>
+      <c r="C18" s="14" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="19" spans="1:3" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="27" t="s">
+        <v>38</v>
+      </c>
+      <c r="B19" s="13" t="s">
+        <v>21</v>
+      </c>
+      <c r="C19" s="14" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="20" spans="1:3" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="27" t="s">
+        <v>39</v>
+      </c>
+      <c r="B20" s="13" t="s">
+        <v>40</v>
+      </c>
+      <c r="C20" s="14" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="21" spans="1:3" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="49" t="s">
+        <v>47</v>
+      </c>
+      <c r="B21" s="52" t="s">
+        <v>99</v>
+      </c>
+      <c r="C21" s="51" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="22" spans="1:3" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="28" t="s">
+        <v>41</v>
+      </c>
+      <c r="B22" s="16" t="s">
+        <v>22</v>
+      </c>
+      <c r="C22" s="17" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="23" spans="1:3" ht="54" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A23" s="29" t="s">
+        <v>42</v>
+      </c>
+      <c r="B23" s="165" t="s">
+        <v>95</v>
+      </c>
+      <c r="C23" s="166"/>
+    </row>
+    <row r="24" spans="1:3" ht="12.75" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="30"/>
+    </row>
+    <row r="25" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A25" s="167" t="s">
+        <v>23</v>
+      </c>
+      <c r="B25" s="167"/>
+      <c r="C25" s="167"/>
     </row>
   </sheetData>
-  <mergeCells count="2">
-[...1 lines deleted...]
-    <mergeCell ref="A16:A17"/>
+  <mergeCells count="5">
+    <mergeCell ref="A1:C1"/>
+    <mergeCell ref="B23:C23"/>
+    <mergeCell ref="A25:C25"/>
+    <mergeCell ref="A5:C5"/>
+    <mergeCell ref="E1:F1"/>
   </mergeCells>
-  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+  <phoneticPr fontId="0" type="noConversion"/>
+  <pageMargins left="0.63" right="0.56000000000000005" top="0.52" bottom="0.47" header="0.38" footer="0.37"/>
+  <pageSetup paperSize="9" orientation="landscape" verticalDpi="4294967295" r:id="rId1"/>
+  <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
-    <tabColor indexed="41"/>
+    <tabColor theme="8" tint="0.59999389629810485"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:Q32"/>
+  <dimension ref="A1:Q35"/>
   <sheetViews>
-    <sheetView topLeftCell="A6" workbookViewId="0">
-      <selection activeCell="F11" sqref="F11"/>
+    <sheetView topLeftCell="A5" workbookViewId="0">
+      <selection activeCell="A10" sqref="A10"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="42" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="3" max="17" width="10.28515625" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="42.33203125" customWidth="1"/>
+    <col min="2" max="2" width="22.33203125" customWidth="1"/>
+    <col min="3" max="17" width="10.33203125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:17" ht="39" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:17" ht="39" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A1" s="20" t="s">
-        <v>153</v>
+        <v>168</v>
       </c>
       <c r="B1" s="21"/>
       <c r="C1" s="21"/>
       <c r="D1" s="21"/>
       <c r="E1" s="21"/>
       <c r="F1" s="21"/>
       <c r="G1" s="21"/>
-      <c r="I1" s="139" t="s">
-[...31 lines deleted...]
-      <c r="C3" s="54"/>
+      <c r="I1" s="154" t="s">
+        <v>182</v>
+      </c>
+      <c r="J1" s="155"/>
+      <c r="K1" s="155"/>
+      <c r="L1" s="155"/>
+      <c r="M1" s="155"/>
+      <c r="N1" s="155"/>
+      <c r="O1" s="155"/>
+      <c r="P1" s="155"/>
+      <c r="Q1" s="156"/>
+    </row>
+    <row r="2" spans="1:17" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="55" t="s">
+        <v>49</v>
+      </c>
+      <c r="B2" s="38"/>
+      <c r="C2" s="38"/>
+      <c r="D2" s="38"/>
+      <c r="E2" s="38"/>
+      <c r="F2" s="38"/>
+      <c r="G2" s="38"/>
+      <c r="H2" s="38"/>
+      <c r="I2" s="38"/>
+      <c r="J2" s="38"/>
+      <c r="K2" s="38"/>
+    </row>
+    <row r="3" spans="1:17" s="1" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="138" t="s">
+        <v>100</v>
+      </c>
+      <c r="B3" s="54"/>
+      <c r="C3" s="40"/>
       <c r="D3" s="2"/>
     </row>
-    <row r="4" spans="1:17" s="1" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
-[...4 lines deleted...]
-      <c r="C4" s="54"/>
+    <row r="4" spans="1:17" s="1" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="138" t="s">
+        <v>101</v>
+      </c>
+      <c r="B4" s="103"/>
+      <c r="C4" s="40"/>
       <c r="D4" s="2"/>
     </row>
-    <row r="5" spans="1:17" s="1" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A5" s="67" t="s">
+    <row r="5" spans="1:17" s="1" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="138" t="s">
+        <v>55</v>
+      </c>
+      <c r="B5" s="54"/>
+      <c r="C5" s="40"/>
+      <c r="D5" s="2"/>
+    </row>
+    <row r="6" spans="1:17" s="1" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="138" t="s">
+        <v>54</v>
+      </c>
+      <c r="B6" s="103"/>
+      <c r="C6" s="40"/>
+      <c r="D6" s="2"/>
+    </row>
+    <row r="7" spans="1:17" s="1" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="138" t="s">
+        <v>52</v>
+      </c>
+      <c r="B7" s="54"/>
+      <c r="C7" s="41"/>
+      <c r="D7" s="2"/>
+    </row>
+    <row r="8" spans="1:17" s="1" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="138" t="s">
+        <v>53</v>
+      </c>
+      <c r="B8" s="103"/>
+      <c r="C8" s="42"/>
+      <c r="D8" s="2"/>
+    </row>
+    <row r="9" spans="1:17" s="1" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="138" t="s">
+        <v>56</v>
+      </c>
+      <c r="B9" s="54"/>
+      <c r="C9" s="42"/>
+      <c r="D9" s="2"/>
+    </row>
+    <row r="10" spans="1:17" s="1" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="147" t="s">
+        <v>176</v>
+      </c>
+      <c r="B10" s="54"/>
+      <c r="C10" s="42"/>
+      <c r="D10" s="2"/>
+    </row>
+    <row r="11" spans="1:17" s="1" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="147" t="s">
+        <v>165</v>
+      </c>
+      <c r="B11" s="54"/>
+      <c r="C11" s="42"/>
+      <c r="D11" s="2"/>
+    </row>
+    <row r="12" spans="1:17" s="1" customFormat="1" ht="20.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="137"/>
+      <c r="B12" s="90"/>
+      <c r="C12" s="42"/>
+      <c r="D12" s="2"/>
+    </row>
+    <row r="13" spans="1:17" s="1" customFormat="1" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="22"/>
+      <c r="B13" s="45" t="s">
+        <v>69</v>
+      </c>
+      <c r="C13" s="45" t="s">
+        <v>58</v>
+      </c>
+      <c r="D13" s="2"/>
+      <c r="E13" s="2"/>
+      <c r="F13" s="2"/>
+      <c r="G13" s="2"/>
+    </row>
+    <row r="14" spans="1:17" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="3" t="s">
+        <v>0</v>
+      </c>
+      <c r="B14" s="59" t="s">
         <v>65</v>
       </c>
-      <c r="B5" s="68"/>
-[...28 lines deleted...]
-      <c r="A9" s="67" t="s">
+      <c r="C14" s="69">
+        <v>4000001</v>
+      </c>
+      <c r="D14" s="43"/>
+      <c r="E14" s="43"/>
+      <c r="F14" s="43"/>
+      <c r="G14" s="43"/>
+      <c r="H14" s="43"/>
+      <c r="I14" s="43"/>
+      <c r="J14" s="43"/>
+      <c r="K14" s="43"/>
+      <c r="L14" s="43"/>
+      <c r="M14" s="43"/>
+      <c r="N14" s="43"/>
+      <c r="O14" s="43"/>
+      <c r="P14" s="43"/>
+      <c r="Q14" s="43"/>
+    </row>
+    <row r="15" spans="1:17" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="B15" s="56"/>
+      <c r="C15" s="70">
+        <v>45839</v>
+      </c>
+      <c r="D15" s="23"/>
+      <c r="E15" s="23"/>
+      <c r="F15" s="23"/>
+      <c r="G15" s="23"/>
+      <c r="H15" s="23"/>
+      <c r="I15" s="23"/>
+      <c r="J15" s="23"/>
+      <c r="K15" s="23"/>
+      <c r="L15" s="23"/>
+      <c r="M15" s="23"/>
+      <c r="N15" s="23"/>
+      <c r="O15" s="23"/>
+      <c r="P15" s="23"/>
+      <c r="Q15" s="23"/>
+    </row>
+    <row r="16" spans="1:17" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="B16" s="119" t="s">
         <v>66</v>
       </c>
-      <c r="B9" s="68"/>
-[...71 lines deleted...]
-      <c r="C13" s="86">
+      <c r="C16" s="71">
         <v>0.4375</v>
       </c>
-      <c r="D13" s="79"/>
-[...18 lines deleted...]
-      <c r="B14" s="96">
+      <c r="D16" s="24"/>
+      <c r="E16" s="24"/>
+      <c r="F16" s="24"/>
+      <c r="G16" s="24"/>
+      <c r="H16" s="24"/>
+      <c r="I16" s="24"/>
+      <c r="J16" s="24"/>
+      <c r="K16" s="24"/>
+      <c r="L16" s="24"/>
+      <c r="M16" s="24"/>
+      <c r="N16" s="24"/>
+      <c r="O16" s="24"/>
+      <c r="P16" s="24"/>
+      <c r="Q16" s="24"/>
+    </row>
+    <row r="17" spans="1:17" ht="62.4" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="5" t="s">
+        <v>162</v>
+      </c>
+      <c r="B17" s="81">
         <v>5910</v>
       </c>
-      <c r="C14" s="87">
+      <c r="C17" s="72">
         <v>16</v>
       </c>
-      <c r="D14" s="80"/>
-[...74 lines deleted...]
-      <c r="D17" s="80"/>
+      <c r="D17" s="25"/>
       <c r="E17" s="25"/>
       <c r="F17" s="25"/>
       <c r="G17" s="25"/>
       <c r="H17" s="25"/>
       <c r="I17" s="25"/>
       <c r="J17" s="25"/>
       <c r="K17" s="25"/>
       <c r="L17" s="25"/>
       <c r="M17" s="25"/>
       <c r="N17" s="25"/>
       <c r="O17" s="25"/>
       <c r="P17" s="25"/>
       <c r="Q17" s="25"/>
     </row>
-    <row r="18" spans="1:17" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="18" spans="1:17" ht="49.8" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="5" t="s">
-        <v>85</v>
-[...7 lines deleted...]
-      <c r="D18" s="80"/>
+        <v>163</v>
+      </c>
+      <c r="B18" s="81">
+        <v>6034</v>
+      </c>
+      <c r="C18" s="72">
+        <v>31</v>
+      </c>
+      <c r="D18" s="25"/>
       <c r="E18" s="25"/>
       <c r="F18" s="25"/>
       <c r="G18" s="25"/>
       <c r="H18" s="25"/>
       <c r="I18" s="25"/>
       <c r="J18" s="25"/>
       <c r="K18" s="25"/>
       <c r="L18" s="25"/>
       <c r="M18" s="25"/>
       <c r="N18" s="25"/>
       <c r="O18" s="25"/>
       <c r="P18" s="25"/>
       <c r="Q18" s="25"/>
     </row>
-    <row r="19" spans="1:17" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="19" spans="1:17" ht="58.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="5" t="s">
-        <v>86</v>
-[...7 lines deleted...]
-      <c r="D19" s="80"/>
+        <v>164</v>
+      </c>
+      <c r="B19" s="81">
+        <v>6035</v>
+      </c>
+      <c r="C19" s="72">
+        <v>8</v>
+      </c>
+      <c r="D19" s="25"/>
       <c r="E19" s="25"/>
       <c r="F19" s="25"/>
       <c r="G19" s="25"/>
       <c r="H19" s="25"/>
       <c r="I19" s="25"/>
       <c r="J19" s="25"/>
       <c r="K19" s="25"/>
       <c r="L19" s="25"/>
       <c r="M19" s="25"/>
       <c r="N19" s="25"/>
       <c r="O19" s="25"/>
       <c r="P19" s="25"/>
       <c r="Q19" s="25"/>
     </row>
-    <row r="20" spans="1:17" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="20" spans="1:17" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A20" s="5" t="s">
-        <v>87</v>
-[...7 lines deleted...]
-      <c r="D20" s="80"/>
+        <v>70</v>
+      </c>
+      <c r="B20" s="120">
+        <v>7613</v>
+      </c>
+      <c r="C20" s="72" t="s">
+        <v>81</v>
+      </c>
+      <c r="D20" s="25"/>
       <c r="E20" s="25"/>
       <c r="F20" s="25"/>
       <c r="G20" s="25"/>
       <c r="H20" s="25"/>
       <c r="I20" s="25"/>
       <c r="J20" s="25"/>
       <c r="K20" s="25"/>
       <c r="L20" s="25"/>
       <c r="M20" s="25"/>
       <c r="N20" s="25"/>
       <c r="O20" s="25"/>
       <c r="P20" s="25"/>
       <c r="Q20" s="25"/>
     </row>
-    <row r="21" spans="1:17" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="21" spans="1:17" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A21" s="5" t="s">
-        <v>88</v>
-[...7 lines deleted...]
-      <c r="D21" s="80"/>
+        <v>71</v>
+      </c>
+      <c r="B21" s="81">
+        <v>8050</v>
+      </c>
+      <c r="C21" s="72">
+        <v>18</v>
+      </c>
+      <c r="D21" s="25"/>
       <c r="E21" s="25"/>
       <c r="F21" s="25"/>
       <c r="G21" s="25"/>
       <c r="H21" s="25"/>
       <c r="I21" s="25"/>
       <c r="J21" s="25"/>
       <c r="K21" s="25"/>
       <c r="L21" s="25"/>
       <c r="M21" s="25"/>
       <c r="N21" s="25"/>
       <c r="O21" s="25"/>
       <c r="P21" s="25"/>
       <c r="Q21" s="25"/>
     </row>
-    <row r="22" spans="1:17" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="22" spans="1:17" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="5" t="s">
-        <v>89</v>
-[...7 lines deleted...]
-      <c r="D22" s="80"/>
+        <v>72</v>
+      </c>
+      <c r="B22" s="81">
+        <v>8054</v>
+      </c>
+      <c r="C22" s="72" t="s">
+        <v>80</v>
+      </c>
+      <c r="D22" s="25"/>
       <c r="E22" s="25"/>
       <c r="F22" s="25"/>
       <c r="G22" s="25"/>
       <c r="H22" s="25"/>
       <c r="I22" s="25"/>
       <c r="J22" s="25"/>
       <c r="K22" s="25"/>
       <c r="L22" s="25"/>
       <c r="M22" s="25"/>
       <c r="N22" s="25"/>
       <c r="O22" s="25"/>
       <c r="P22" s="25"/>
       <c r="Q22" s="25"/>
     </row>
-    <row r="23" spans="1:17" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="23" spans="1:17" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A23" s="5" t="s">
-        <v>90</v>
-[...7 lines deleted...]
-      <c r="D23" s="80"/>
+        <v>73</v>
+      </c>
+      <c r="B23" s="81">
+        <v>8055</v>
+      </c>
+      <c r="C23" s="72" t="s">
+        <v>79</v>
+      </c>
+      <c r="D23" s="25"/>
       <c r="E23" s="25"/>
       <c r="F23" s="25"/>
       <c r="G23" s="25"/>
       <c r="H23" s="25"/>
       <c r="I23" s="25"/>
       <c r="J23" s="25"/>
       <c r="K23" s="25"/>
       <c r="L23" s="25"/>
       <c r="M23" s="25"/>
       <c r="N23" s="25"/>
       <c r="O23" s="25"/>
       <c r="P23" s="25"/>
       <c r="Q23" s="25"/>
     </row>
-    <row r="24" spans="1:17" ht="38.25" x14ac:dyDescent="0.2">
-      <c r="A24" s="19" t="s">
+    <row r="24" spans="1:17" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="5" t="s">
+        <v>74</v>
+      </c>
+      <c r="B24" s="81">
+        <v>8056</v>
+      </c>
+      <c r="C24" s="72">
+        <v>0</v>
+      </c>
+      <c r="D24" s="25"/>
+      <c r="E24" s="25"/>
+      <c r="F24" s="25"/>
+      <c r="G24" s="25"/>
+      <c r="H24" s="25"/>
+      <c r="I24" s="25"/>
+      <c r="J24" s="25"/>
+      <c r="K24" s="25"/>
+      <c r="L24" s="25"/>
+      <c r="M24" s="25"/>
+      <c r="N24" s="25"/>
+      <c r="O24" s="25"/>
+      <c r="P24" s="25"/>
+      <c r="Q24" s="25"/>
+    </row>
+    <row r="25" spans="1:17" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="5" t="s">
+        <v>75</v>
+      </c>
+      <c r="B25" s="81">
+        <v>8057</v>
+      </c>
+      <c r="C25" s="72" t="s">
         <v>78</v>
       </c>
-      <c r="B24" s="75" t="s">
+      <c r="D25" s="25"/>
+      <c r="E25" s="25"/>
+      <c r="F25" s="25"/>
+      <c r="G25" s="25"/>
+      <c r="H25" s="25"/>
+      <c r="I25" s="25"/>
+      <c r="J25" s="25"/>
+      <c r="K25" s="25"/>
+      <c r="L25" s="25"/>
+      <c r="M25" s="25"/>
+      <c r="N25" s="25"/>
+      <c r="O25" s="25"/>
+      <c r="P25" s="25"/>
+      <c r="Q25" s="25"/>
+    </row>
+    <row r="26" spans="1:17" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="5" t="s">
+        <v>76</v>
+      </c>
+      <c r="B26" s="81">
+        <v>8058</v>
+      </c>
+      <c r="C26" s="72" t="s">
         <v>77</v>
       </c>
-      <c r="C24" s="88"/>
-[...43 lines deleted...]
-      <c r="C26" s="90" t="s">
+      <c r="D26" s="25"/>
+      <c r="E26" s="25"/>
+      <c r="F26" s="25"/>
+      <c r="G26" s="25"/>
+      <c r="H26" s="25"/>
+      <c r="I26" s="25"/>
+      <c r="J26" s="25"/>
+      <c r="K26" s="25"/>
+      <c r="L26" s="25"/>
+      <c r="M26" s="25"/>
+      <c r="N26" s="25"/>
+      <c r="O26" s="25"/>
+      <c r="P26" s="25"/>
+      <c r="Q26" s="25"/>
+    </row>
+    <row r="27" spans="1:17" ht="39.6" x14ac:dyDescent="0.25">
+      <c r="A27" s="19" t="s">
+        <v>68</v>
+      </c>
+      <c r="B27" s="61" t="s">
         <v>67</v>
       </c>
-      <c r="D26" s="82"/>
-[...15 lines deleted...]
-      <c r="A27" s="60" t="s">
+      <c r="C27" s="73"/>
+      <c r="D27" s="66"/>
+      <c r="E27" s="4"/>
+      <c r="F27" s="4"/>
+      <c r="G27" s="4"/>
+      <c r="H27" s="4"/>
+      <c r="I27" s="4"/>
+      <c r="J27" s="4"/>
+      <c r="K27" s="4"/>
+      <c r="L27" s="4"/>
+      <c r="M27" s="4"/>
+      <c r="N27" s="4"/>
+      <c r="O27" s="4"/>
+      <c r="P27" s="4"/>
+      <c r="Q27" s="4"/>
+    </row>
+    <row r="28" spans="1:17" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="55" t="s">
+        <v>49</v>
+      </c>
+      <c r="B28" s="44"/>
+      <c r="C28" s="74"/>
+      <c r="D28" s="39"/>
+      <c r="E28" s="39"/>
+      <c r="F28" s="39"/>
+      <c r="G28" s="39"/>
+      <c r="H28" s="39"/>
+      <c r="I28" s="39"/>
+      <c r="J28" s="39"/>
+      <c r="K28" s="39"/>
+      <c r="L28" s="39"/>
+      <c r="M28" s="39"/>
+      <c r="N28" s="39"/>
+      <c r="O28" s="39"/>
+      <c r="P28" s="39"/>
+      <c r="Q28" s="39"/>
+    </row>
+    <row r="29" spans="1:17" s="47" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="46" t="s">
+        <v>63</v>
+      </c>
+      <c r="B29" s="57" t="s">
+        <v>62</v>
+      </c>
+      <c r="C29" s="75" t="s">
+        <v>57</v>
+      </c>
+      <c r="D29" s="67"/>
+      <c r="E29" s="46"/>
+      <c r="F29" s="46"/>
+      <c r="G29" s="46"/>
+      <c r="H29" s="46"/>
+      <c r="I29" s="46"/>
+      <c r="J29" s="46"/>
+      <c r="K29" s="46"/>
+      <c r="L29" s="46"/>
+      <c r="M29" s="46"/>
+      <c r="N29" s="46"/>
+      <c r="O29" s="46"/>
+      <c r="P29" s="46"/>
+      <c r="Q29" s="46"/>
+    </row>
+    <row r="30" spans="1:17" s="47" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="46" t="s">
+        <v>51</v>
+      </c>
+      <c r="B30" s="62"/>
+      <c r="C30" s="76" t="s">
+        <v>60</v>
+      </c>
+      <c r="D30" s="68"/>
+      <c r="E30" s="48"/>
+      <c r="F30" s="48"/>
+      <c r="G30" s="48"/>
+      <c r="H30" s="48"/>
+      <c r="I30" s="48"/>
+      <c r="J30" s="48"/>
+      <c r="K30" s="48"/>
+      <c r="L30" s="48"/>
+      <c r="M30" s="48"/>
+      <c r="N30" s="48"/>
+      <c r="O30" s="48"/>
+      <c r="P30" s="48"/>
+      <c r="Q30" s="48"/>
+    </row>
+    <row r="31" spans="1:17" s="47" customFormat="1" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A31" s="46" t="s">
+        <v>50</v>
+      </c>
+      <c r="B31" s="62"/>
+      <c r="C31" s="77" t="s">
         <v>61</v>
       </c>
-      <c r="B27" s="76"/>
-[...54 lines deleted...]
-    <row r="32" spans="1:17" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+      <c r="D31" s="68"/>
+      <c r="E31" s="48"/>
+      <c r="F31" s="48"/>
+      <c r="G31" s="48"/>
+      <c r="H31" s="48"/>
+      <c r="I31" s="48"/>
+      <c r="J31" s="48"/>
+      <c r="K31" s="48"/>
+      <c r="L31" s="48"/>
+      <c r="M31" s="48"/>
+      <c r="N31" s="48"/>
+      <c r="O31" s="48"/>
+      <c r="P31" s="48"/>
+      <c r="Q31" s="48"/>
+    </row>
+    <row r="32" spans="1:17" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A32" s="153"/>
+      <c r="B32" s="153"/>
+      <c r="C32" s="153"/>
+    </row>
+    <row r="33" spans="1:3" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A33" s="153"/>
+      <c r="B33" s="153"/>
+      <c r="C33" s="153"/>
+    </row>
+    <row r="34" spans="1:3" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="35" spans="1:3" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <mergeCells count="3">
-    <mergeCell ref="A30:C30"/>
+    <mergeCell ref="A33:C33"/>
     <mergeCell ref="I1:Q1"/>
-    <mergeCell ref="A29:C29"/>
+    <mergeCell ref="A32:C32"/>
   </mergeCells>
   <phoneticPr fontId="0" type="noConversion"/>
+  <hyperlinks>
+    <hyperlink ref="A10:A11" location="Nouveautés_Masque!A1" tooltip="Information facultative" display="Version Méthode d'Evaluation IBG-DCE :" xr:uid="{F52791B1-8BA7-47D3-B64B-61905B4FC82B}"/>
+  </hyperlinks>
   <pageMargins left="0.78740157499999996" right="0.78740157499999996" top="0.984251969" bottom="0.984251969" header="0.4921259845" footer="0.4921259845"/>
   <pageSetup paperSize="9" scale="60" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
-  <legacyDrawing r:id="rId2"/>
+  <drawing r:id="rId2"/>
+  <legacyDrawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr>
-    <tabColor indexed="41"/>
+    <tabColor theme="4" tint="-0.249977111117893"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:Q36"/>
+  <dimension ref="A1:Q35"/>
   <sheetViews>
-    <sheetView topLeftCell="A8" workbookViewId="0">
-      <selection activeCell="A9" sqref="A9"/>
+    <sheetView topLeftCell="A7" workbookViewId="0">
+      <selection activeCell="I1" sqref="I1:Q1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="49.140625" customWidth="1"/>
-    <col min="2" max="2" width="22.7109375" customWidth="1"/>
+    <col min="1" max="1" width="49.109375" customWidth="1"/>
+    <col min="2" max="2" width="22.6640625" customWidth="1"/>
     <col min="3" max="3" width="13" customWidth="1"/>
-    <col min="4" max="17" width="10.28515625" bestFit="1" customWidth="1"/>
+    <col min="4" max="17" width="10.33203125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:17" ht="39.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-[...41 lines deleted...]
-      <c r="C3" s="54"/>
+    <row r="1" spans="1:17" ht="39.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A1" s="157" t="s">
+        <v>169</v>
+      </c>
+      <c r="B1" s="157"/>
+      <c r="C1" s="157"/>
+      <c r="D1" s="157"/>
+      <c r="E1" s="157"/>
+      <c r="F1" s="157"/>
+      <c r="G1" s="157"/>
+      <c r="I1" s="154" t="s">
+        <v>183</v>
+      </c>
+      <c r="J1" s="155"/>
+      <c r="K1" s="155"/>
+      <c r="L1" s="155"/>
+      <c r="M1" s="155"/>
+      <c r="N1" s="155"/>
+      <c r="O1" s="155"/>
+      <c r="P1" s="155"/>
+      <c r="Q1" s="156"/>
+    </row>
+    <row r="2" spans="1:17" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="55" t="s">
+        <v>49</v>
+      </c>
+      <c r="B2" s="38"/>
+      <c r="C2" s="38"/>
+      <c r="D2" s="38"/>
+      <c r="E2" s="38"/>
+      <c r="F2" s="38"/>
+      <c r="G2" s="38"/>
+      <c r="H2" s="38"/>
+      <c r="I2" s="38"/>
+      <c r="J2" s="38"/>
+      <c r="K2" s="38"/>
+    </row>
+    <row r="3" spans="1:17" s="1" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="138" t="s">
+        <v>100</v>
+      </c>
+      <c r="B3" s="54"/>
+      <c r="C3" s="40"/>
       <c r="D3" s="2"/>
     </row>
-    <row r="4" spans="1:17" s="1" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
-[...4 lines deleted...]
-      <c r="C4" s="54"/>
+    <row r="4" spans="1:17" s="1" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="138" t="s">
+        <v>101</v>
+      </c>
+      <c r="B4" s="103"/>
+      <c r="C4" s="40"/>
       <c r="D4" s="2"/>
     </row>
-    <row r="5" spans="1:17" s="1" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A5" s="67" t="s">
+    <row r="5" spans="1:17" s="1" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="138" t="s">
+        <v>55</v>
+      </c>
+      <c r="B5" s="54"/>
+      <c r="C5" s="40"/>
+      <c r="D5" s="2"/>
+    </row>
+    <row r="6" spans="1:17" s="1" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="138" t="s">
+        <v>54</v>
+      </c>
+      <c r="B6" s="103"/>
+      <c r="C6" s="40"/>
+      <c r="D6" s="2"/>
+    </row>
+    <row r="7" spans="1:17" s="1" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="138" t="s">
+        <v>52</v>
+      </c>
+      <c r="B7" s="54"/>
+      <c r="C7" s="41"/>
+      <c r="D7" s="2"/>
+    </row>
+    <row r="8" spans="1:17" s="1" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="138" t="s">
+        <v>53</v>
+      </c>
+      <c r="B8" s="103"/>
+      <c r="C8" s="42"/>
+      <c r="D8" s="2"/>
+    </row>
+    <row r="9" spans="1:17" s="1" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="138" t="s">
+        <v>56</v>
+      </c>
+      <c r="B9" s="54"/>
+      <c r="C9" s="42"/>
+      <c r="D9" s="2"/>
+    </row>
+    <row r="10" spans="1:17" s="1" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="147" t="s">
+        <v>166</v>
+      </c>
+      <c r="B10" s="54"/>
+      <c r="C10" s="42"/>
+      <c r="D10" s="2"/>
+    </row>
+    <row r="11" spans="1:17" s="1" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="147" t="s">
+        <v>167</v>
+      </c>
+      <c r="B11" s="54"/>
+      <c r="C11" s="42"/>
+      <c r="D11" s="2"/>
+    </row>
+    <row r="12" spans="1:17" s="1" customFormat="1" ht="14.4" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="137"/>
+      <c r="B12" s="90"/>
+      <c r="C12" s="42"/>
+      <c r="D12" s="2"/>
+    </row>
+    <row r="13" spans="1:17" s="1" customFormat="1" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="22"/>
+      <c r="B13" s="45" t="s">
+        <v>69</v>
+      </c>
+      <c r="C13" s="45" t="s">
+        <v>58</v>
+      </c>
+      <c r="D13" s="2"/>
+      <c r="E13" s="2"/>
+      <c r="F13" s="2"/>
+      <c r="G13" s="2"/>
+    </row>
+    <row r="14" spans="1:17" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="3" t="s">
+        <v>0</v>
+      </c>
+      <c r="B14" s="59" t="s">
         <v>65</v>
       </c>
-      <c r="B5" s="68"/>
-[...28 lines deleted...]
-      <c r="A9" s="67" t="s">
+      <c r="C14" s="69">
+        <v>4000001</v>
+      </c>
+      <c r="D14" s="43"/>
+      <c r="E14" s="43"/>
+      <c r="F14" s="43"/>
+      <c r="G14" s="43"/>
+      <c r="H14" s="43"/>
+      <c r="I14" s="43"/>
+      <c r="J14" s="43"/>
+      <c r="K14" s="43"/>
+      <c r="L14" s="43"/>
+      <c r="M14" s="43"/>
+      <c r="N14" s="43"/>
+      <c r="O14" s="43"/>
+      <c r="P14" s="43"/>
+      <c r="Q14" s="43"/>
+    </row>
+    <row r="15" spans="1:17" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="B15" s="56"/>
+      <c r="C15" s="70">
+        <v>45839</v>
+      </c>
+      <c r="D15" s="23"/>
+      <c r="E15" s="23"/>
+      <c r="F15" s="23"/>
+      <c r="G15" s="23"/>
+      <c r="H15" s="23"/>
+      <c r="I15" s="23"/>
+      <c r="J15" s="23"/>
+      <c r="K15" s="23"/>
+      <c r="L15" s="23"/>
+      <c r="M15" s="23"/>
+      <c r="N15" s="23"/>
+      <c r="O15" s="23"/>
+      <c r="P15" s="23"/>
+      <c r="Q15" s="23"/>
+    </row>
+    <row r="16" spans="1:17" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="B16" s="60" t="s">
         <v>66</v>
       </c>
-      <c r="B9" s="68"/>
-[...71 lines deleted...]
-      <c r="C13" s="86">
+      <c r="C16" s="71">
         <v>0.4375</v>
       </c>
-      <c r="D13" s="79"/>
-[...21 lines deleted...]
-      <c r="C14" s="87">
+      <c r="D16" s="24"/>
+      <c r="E16" s="24"/>
+      <c r="F16" s="24"/>
+      <c r="G16" s="24"/>
+      <c r="H16" s="24"/>
+      <c r="I16" s="24"/>
+      <c r="J16" s="24"/>
+      <c r="K16" s="24"/>
+      <c r="L16" s="24"/>
+      <c r="M16" s="24"/>
+      <c r="N16" s="24"/>
+      <c r="O16" s="24"/>
+      <c r="P16" s="24"/>
+      <c r="Q16" s="24"/>
+    </row>
+    <row r="17" spans="1:17" ht="62.4" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="5" t="s">
+        <v>159</v>
+      </c>
+      <c r="B17" s="136">
+        <v>6951</v>
+      </c>
+      <c r="C17" s="72">
         <v>16</v>
       </c>
-      <c r="D14" s="80"/>
-[...74 lines deleted...]
-      <c r="D17" s="80"/>
+      <c r="D17" s="25"/>
       <c r="E17" s="25"/>
       <c r="F17" s="25"/>
       <c r="G17" s="25"/>
       <c r="H17" s="25"/>
       <c r="I17" s="25"/>
       <c r="J17" s="25"/>
       <c r="K17" s="25"/>
       <c r="L17" s="25"/>
       <c r="M17" s="25"/>
       <c r="N17" s="25"/>
       <c r="O17" s="25"/>
       <c r="P17" s="25"/>
       <c r="Q17" s="25"/>
     </row>
-    <row r="18" spans="1:17" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="18" spans="1:17" ht="49.8" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="5" t="s">
-        <v>137</v>
-[...7 lines deleted...]
-      <c r="D18" s="80"/>
+        <v>160</v>
+      </c>
+      <c r="B18" s="136">
+        <v>6955</v>
+      </c>
+      <c r="C18" s="72">
+        <v>31</v>
+      </c>
+      <c r="D18" s="25"/>
       <c r="E18" s="25"/>
       <c r="F18" s="25"/>
       <c r="G18" s="25"/>
       <c r="H18" s="25"/>
       <c r="I18" s="25"/>
       <c r="J18" s="25"/>
       <c r="K18" s="25"/>
       <c r="L18" s="25"/>
       <c r="M18" s="25"/>
       <c r="N18" s="25"/>
       <c r="O18" s="25"/>
       <c r="P18" s="25"/>
       <c r="Q18" s="25"/>
     </row>
-    <row r="19" spans="1:17" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="19" spans="1:17" ht="58.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="5" t="s">
-        <v>138</v>
-[...7 lines deleted...]
-      <c r="D19" s="80"/>
+        <v>161</v>
+      </c>
+      <c r="B19" s="136">
+        <v>6959</v>
+      </c>
+      <c r="C19" s="72">
+        <v>8</v>
+      </c>
+      <c r="D19" s="25"/>
       <c r="E19" s="25"/>
       <c r="F19" s="25"/>
       <c r="G19" s="25"/>
       <c r="H19" s="25"/>
       <c r="I19" s="25"/>
       <c r="J19" s="25"/>
       <c r="K19" s="25"/>
       <c r="L19" s="25"/>
       <c r="M19" s="25"/>
       <c r="N19" s="25"/>
       <c r="O19" s="25"/>
       <c r="P19" s="25"/>
       <c r="Q19" s="25"/>
     </row>
-    <row r="20" spans="1:17" ht="39" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="20" spans="1:17" ht="39.6" x14ac:dyDescent="0.25">
       <c r="A20" s="5" t="s">
-        <v>139</v>
-[...7 lines deleted...]
-      <c r="D20" s="80"/>
+        <v>116</v>
+      </c>
+      <c r="B20" s="81">
+        <v>8987</v>
+      </c>
+      <c r="C20" s="72" t="s">
+        <v>110</v>
+      </c>
+      <c r="D20" s="25"/>
       <c r="E20" s="25"/>
       <c r="F20" s="25"/>
       <c r="G20" s="25"/>
       <c r="H20" s="25"/>
       <c r="I20" s="25"/>
       <c r="J20" s="25"/>
       <c r="K20" s="25"/>
       <c r="L20" s="25"/>
       <c r="M20" s="25"/>
       <c r="N20" s="25"/>
       <c r="O20" s="25"/>
       <c r="P20" s="25"/>
       <c r="Q20" s="25"/>
     </row>
-    <row r="21" spans="1:17" ht="38.25" x14ac:dyDescent="0.2">
+    <row r="21" spans="1:17" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A21" s="5" t="s">
-        <v>140</v>
-[...7 lines deleted...]
-      <c r="D21" s="80"/>
+        <v>117</v>
+      </c>
+      <c r="B21" s="81">
+        <v>8988</v>
+      </c>
+      <c r="C21" s="72" t="s">
+        <v>111</v>
+      </c>
+      <c r="D21" s="25"/>
       <c r="E21" s="25"/>
       <c r="F21" s="25"/>
       <c r="G21" s="25"/>
       <c r="H21" s="25"/>
       <c r="I21" s="25"/>
       <c r="J21" s="25"/>
       <c r="K21" s="25"/>
       <c r="L21" s="25"/>
       <c r="M21" s="25"/>
       <c r="N21" s="25"/>
       <c r="O21" s="25"/>
       <c r="P21" s="25"/>
       <c r="Q21" s="25"/>
     </row>
-    <row r="22" spans="1:17" ht="51" x14ac:dyDescent="0.2">
+    <row r="22" spans="1:17" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="5" t="s">
-        <v>152</v>
-[...7 lines deleted...]
-      <c r="D22" s="80"/>
+        <v>118</v>
+      </c>
+      <c r="B22" s="81">
+        <v>8989</v>
+      </c>
+      <c r="C22" s="72" t="s">
+        <v>112</v>
+      </c>
+      <c r="D22" s="25"/>
       <c r="E22" s="25"/>
       <c r="F22" s="25"/>
       <c r="G22" s="25"/>
       <c r="H22" s="25"/>
       <c r="I22" s="25"/>
       <c r="J22" s="25"/>
       <c r="K22" s="25"/>
       <c r="L22" s="25"/>
       <c r="M22" s="25"/>
       <c r="N22" s="25"/>
       <c r="O22" s="25"/>
       <c r="P22" s="25"/>
       <c r="Q22" s="25"/>
     </row>
-    <row r="23" spans="1:17" ht="38.25" x14ac:dyDescent="0.2">
-[...50 lines deleted...]
-      <c r="C25" s="90" t="s">
+    <row r="23" spans="1:17" ht="39" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="5" t="s">
+        <v>119</v>
+      </c>
+      <c r="B23" s="81">
+        <v>8990</v>
+      </c>
+      <c r="C23" s="72" t="s">
+        <v>113</v>
+      </c>
+      <c r="D23" s="25"/>
+      <c r="E23" s="25"/>
+      <c r="F23" s="25"/>
+      <c r="G23" s="25"/>
+      <c r="H23" s="25"/>
+      <c r="I23" s="25"/>
+      <c r="J23" s="25"/>
+      <c r="K23" s="25"/>
+      <c r="L23" s="25"/>
+      <c r="M23" s="25"/>
+      <c r="N23" s="25"/>
+      <c r="O23" s="25"/>
+      <c r="P23" s="25"/>
+      <c r="Q23" s="25"/>
+    </row>
+    <row r="24" spans="1:17" ht="39.6" x14ac:dyDescent="0.25">
+      <c r="A24" s="5" t="s">
+        <v>120</v>
+      </c>
+      <c r="B24" s="81">
+        <v>8991</v>
+      </c>
+      <c r="C24" s="72" t="s">
+        <v>114</v>
+      </c>
+      <c r="D24" s="25"/>
+      <c r="E24" s="25"/>
+      <c r="F24" s="25"/>
+      <c r="G24" s="25"/>
+      <c r="H24" s="25"/>
+      <c r="I24" s="25"/>
+      <c r="J24" s="25"/>
+      <c r="K24" s="25"/>
+      <c r="L24" s="25"/>
+      <c r="M24" s="25"/>
+      <c r="N24" s="25"/>
+      <c r="O24" s="25"/>
+      <c r="P24" s="25"/>
+      <c r="Q24" s="25"/>
+    </row>
+    <row r="25" spans="1:17" ht="52.8" x14ac:dyDescent="0.25">
+      <c r="A25" s="5" t="s">
+        <v>132</v>
+      </c>
+      <c r="B25" s="81">
+        <v>8992</v>
+      </c>
+      <c r="C25" s="72" t="s">
+        <v>115</v>
+      </c>
+      <c r="D25" s="25"/>
+      <c r="E25" s="25"/>
+      <c r="F25" s="25"/>
+      <c r="G25" s="25"/>
+      <c r="H25" s="25"/>
+      <c r="I25" s="25"/>
+      <c r="J25" s="25"/>
+      <c r="K25" s="25"/>
+      <c r="L25" s="25"/>
+      <c r="M25" s="25"/>
+      <c r="N25" s="25"/>
+      <c r="O25" s="25"/>
+      <c r="P25" s="25"/>
+      <c r="Q25" s="25"/>
+    </row>
+    <row r="26" spans="1:17" ht="39.6" x14ac:dyDescent="0.25">
+      <c r="A26" s="19" t="s">
+        <v>68</v>
+      </c>
+      <c r="B26" s="61" t="s">
         <v>67</v>
       </c>
-      <c r="D25" s="82"/>
-[...15 lines deleted...]
-      <c r="A26" s="60" t="s">
+      <c r="C26" s="73"/>
+      <c r="D26" s="66"/>
+      <c r="E26" s="4"/>
+      <c r="F26" s="4"/>
+      <c r="G26" s="4"/>
+      <c r="H26" s="4"/>
+      <c r="I26" s="4"/>
+      <c r="J26" s="4"/>
+      <c r="K26" s="4"/>
+      <c r="L26" s="4"/>
+      <c r="M26" s="4"/>
+      <c r="N26" s="4"/>
+      <c r="O26" s="4"/>
+      <c r="P26" s="4"/>
+      <c r="Q26" s="4"/>
+    </row>
+    <row r="27" spans="1:17" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="55" t="s">
+        <v>49</v>
+      </c>
+      <c r="B27" s="44"/>
+      <c r="C27" s="74"/>
+      <c r="D27" s="39"/>
+      <c r="E27" s="39"/>
+      <c r="F27" s="39"/>
+      <c r="G27" s="39"/>
+      <c r="H27" s="39"/>
+      <c r="I27" s="39"/>
+      <c r="J27" s="39"/>
+      <c r="K27" s="39"/>
+      <c r="L27" s="39"/>
+      <c r="M27" s="39"/>
+      <c r="N27" s="39"/>
+      <c r="O27" s="39"/>
+      <c r="P27" s="39"/>
+      <c r="Q27" s="39"/>
+    </row>
+    <row r="28" spans="1:17" s="47" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="46" t="s">
+        <v>63</v>
+      </c>
+      <c r="B28" s="57" t="s">
+        <v>62</v>
+      </c>
+      <c r="C28" s="75" t="s">
+        <v>57</v>
+      </c>
+      <c r="D28" s="67"/>
+      <c r="E28" s="46"/>
+      <c r="F28" s="46"/>
+      <c r="G28" s="46"/>
+      <c r="H28" s="46"/>
+      <c r="I28" s="46"/>
+      <c r="J28" s="46"/>
+      <c r="K28" s="46"/>
+      <c r="L28" s="46"/>
+      <c r="M28" s="46"/>
+      <c r="N28" s="46"/>
+      <c r="O28" s="46"/>
+      <c r="P28" s="46"/>
+      <c r="Q28" s="46"/>
+    </row>
+    <row r="29" spans="1:17" s="47" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="46" t="s">
+        <v>51</v>
+      </c>
+      <c r="B29" s="62"/>
+      <c r="C29" s="76" t="s">
+        <v>60</v>
+      </c>
+      <c r="D29" s="68"/>
+      <c r="E29" s="48"/>
+      <c r="F29" s="48"/>
+      <c r="G29" s="48"/>
+      <c r="H29" s="48"/>
+      <c r="I29" s="48"/>
+      <c r="J29" s="48"/>
+      <c r="K29" s="48"/>
+      <c r="L29" s="48"/>
+      <c r="M29" s="48"/>
+      <c r="N29" s="48"/>
+      <c r="O29" s="48"/>
+      <c r="P29" s="48"/>
+      <c r="Q29" s="48"/>
+    </row>
+    <row r="30" spans="1:17" s="47" customFormat="1" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A30" s="46" t="s">
+        <v>50</v>
+      </c>
+      <c r="B30" s="62"/>
+      <c r="C30" s="77" t="s">
         <v>61</v>
       </c>
-      <c r="B26" s="76"/>
-[...56 lines deleted...]
-      <c r="C30" s="149" t="s">
+      <c r="D30" s="68"/>
+      <c r="E30" s="48"/>
+      <c r="F30" s="48"/>
+      <c r="G30" s="48"/>
+      <c r="H30" s="48"/>
+      <c r="I30" s="48"/>
+      <c r="J30" s="48"/>
+      <c r="K30" s="48"/>
+      <c r="L30" s="48"/>
+      <c r="M30" s="48"/>
+      <c r="N30" s="48"/>
+      <c r="O30" s="48"/>
+      <c r="P30" s="48"/>
+      <c r="Q30" s="48"/>
+    </row>
+    <row r="31" spans="1:17" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="153"/>
+      <c r="B31" s="153"/>
+      <c r="C31" s="153"/>
+    </row>
+    <row r="32" spans="1:17" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A32" s="58"/>
+      <c r="B32" s="58"/>
+      <c r="C32" s="58"/>
+    </row>
+    <row r="34" spans="1:6" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A34" s="158" t="s">
+        <v>45</v>
+      </c>
+      <c r="B34" s="158"/>
+      <c r="C34" s="159" t="s">
         <v>43</v>
       </c>
-      <c r="D30" s="149"/>
-[...4 lines deleted...]
-      <c r="A31" s="38" t="s">
+      <c r="D34" s="159"/>
+      <c r="E34" s="159"/>
+      <c r="F34" s="159"/>
+    </row>
+    <row r="35" spans="1:6" ht="53.4" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A35" s="94" t="s">
+        <v>93</v>
+      </c>
+      <c r="B35" s="95">
+        <v>1221</v>
+      </c>
+      <c r="C35" s="96" t="s">
         <v>44</v>
       </c>
-      <c r="B31" s="41" t="s">
-[...73 lines deleted...]
-      <c r="D35" s="36">
+      <c r="D35" s="97">
         <v>6951</v>
       </c>
-      <c r="E35" s="36">
+      <c r="E35" s="97">
         <v>6955</v>
       </c>
-      <c r="F35" s="37">
+      <c r="F35" s="98">
         <v>6959</v>
       </c>
     </row>
-    <row r="36" spans="1:6" ht="51.75" thickBot="1" x14ac:dyDescent="0.25">
-[...18 lines deleted...]
-    </row>
   </sheetData>
-  <mergeCells count="6">
-[...1 lines deleted...]
-    <mergeCell ref="B32:B35"/>
+  <mergeCells count="5">
     <mergeCell ref="I1:Q1"/>
-    <mergeCell ref="A28:C28"/>
-[...1 lines deleted...]
-    <mergeCell ref="C30:F30"/>
+    <mergeCell ref="A31:C31"/>
+    <mergeCell ref="A1:G1"/>
+    <mergeCell ref="A34:B34"/>
+    <mergeCell ref="C34:F34"/>
   </mergeCells>
+  <hyperlinks>
+    <hyperlink ref="A10:A11" location="Nouveautés_Masque!A1" tooltip="Information facultative" display="Version Méthode d'Evaluation MGCE :" xr:uid="{C3CAE85E-2950-4ABC-82BF-87C4D421FE3A}"/>
+  </hyperlinks>
   <pageMargins left="0.78740157499999996" right="0.78740157499999996" top="0.984251969" bottom="0.984251969" header="0.4921259845" footer="0.4921259845"/>
   <pageSetup paperSize="9" scale="48" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
-  <legacyDrawing r:id="rId2"/>
+  <drawing r:id="rId2"/>
+  <legacyDrawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <sheetPr>
-    <tabColor indexed="41"/>
+    <tabColor theme="8" tint="0.59999389629810485"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:S24"/>
+  <dimension ref="A1:S26"/>
   <sheetViews>
-    <sheetView topLeftCell="A4" workbookViewId="0">
-      <selection activeCell="A9" sqref="A9"/>
+    <sheetView workbookViewId="0">
+      <selection activeCell="J6" sqref="J6"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="42" customWidth="1"/>
-    <col min="2" max="2" width="22.28515625" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="19" max="19" width="10.28515625" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="22.33203125" customWidth="1"/>
+    <col min="3" max="16" width="10.33203125" bestFit="1" customWidth="1"/>
+    <col min="17" max="18" width="10.33203125" customWidth="1"/>
+    <col min="19" max="19" width="10.33203125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:19" ht="38.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:19" ht="38.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A1" s="20" t="s">
-        <v>155</v>
+        <v>142</v>
       </c>
       <c r="B1" s="21"/>
       <c r="C1" s="21"/>
       <c r="D1" s="21"/>
       <c r="E1" s="21"/>
       <c r="F1" s="21"/>
       <c r="G1" s="21"/>
-      <c r="I1" s="139" t="s">
-[...33 lines deleted...]
-      <c r="C3" s="54"/>
+      <c r="I1" s="154" t="s">
+        <v>184</v>
+      </c>
+      <c r="J1" s="155"/>
+      <c r="K1" s="155"/>
+      <c r="L1" s="155"/>
+      <c r="M1" s="155"/>
+      <c r="N1" s="155"/>
+      <c r="O1" s="155"/>
+      <c r="P1" s="155"/>
+      <c r="Q1" s="155"/>
+      <c r="R1" s="155"/>
+      <c r="S1" s="156"/>
+    </row>
+    <row r="2" spans="1:19" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="55" t="s">
+        <v>49</v>
+      </c>
+      <c r="B2" s="38"/>
+      <c r="C2" s="38"/>
+      <c r="D2" s="38"/>
+      <c r="E2" s="38"/>
+      <c r="F2" s="38"/>
+      <c r="G2" s="38"/>
+      <c r="H2" s="38"/>
+      <c r="I2" s="38"/>
+      <c r="J2" s="38"/>
+      <c r="K2" s="38"/>
+    </row>
+    <row r="3" spans="1:19" s="1" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="138" t="s">
+        <v>100</v>
+      </c>
+      <c r="B3" s="54"/>
+      <c r="C3" s="40"/>
       <c r="D3" s="2"/>
     </row>
-    <row r="4" spans="1:19" s="1" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
-[...4 lines deleted...]
-      <c r="C4" s="54"/>
+    <row r="4" spans="1:19" s="1" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="138" t="s">
+        <v>101</v>
+      </c>
+      <c r="B4" s="103"/>
+      <c r="C4" s="40"/>
       <c r="D4" s="2"/>
     </row>
-    <row r="5" spans="1:19" s="1" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A5" s="67" t="s">
+    <row r="5" spans="1:19" s="1" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="138" t="s">
+        <v>55</v>
+      </c>
+      <c r="B5" s="54"/>
+      <c r="C5" s="40"/>
+      <c r="D5" s="2"/>
+    </row>
+    <row r="6" spans="1:19" s="1" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="138" t="s">
+        <v>54</v>
+      </c>
+      <c r="B6" s="103"/>
+      <c r="C6" s="40"/>
+      <c r="D6" s="2"/>
+    </row>
+    <row r="7" spans="1:19" s="1" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="138" t="s">
+        <v>52</v>
+      </c>
+      <c r="B7" s="54"/>
+      <c r="C7" s="41"/>
+      <c r="D7" s="2"/>
+    </row>
+    <row r="8" spans="1:19" s="1" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="138" t="s">
+        <v>53</v>
+      </c>
+      <c r="B8" s="103"/>
+      <c r="C8" s="42"/>
+      <c r="D8" s="2"/>
+    </row>
+    <row r="9" spans="1:19" s="1" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="138" t="s">
+        <v>56</v>
+      </c>
+      <c r="B9" s="54"/>
+      <c r="C9" s="42"/>
+      <c r="D9" s="2"/>
+    </row>
+    <row r="10" spans="1:19" s="1" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="147" t="s">
+        <v>170</v>
+      </c>
+      <c r="B10" s="54"/>
+      <c r="C10" s="42"/>
+      <c r="D10" s="2"/>
+    </row>
+    <row r="11" spans="1:19" s="1" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="89"/>
+      <c r="B11" s="90"/>
+      <c r="C11" s="42"/>
+      <c r="D11" s="2"/>
+    </row>
+    <row r="12" spans="1:19" s="1" customFormat="1" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="22"/>
+      <c r="B12" s="45" t="s">
+        <v>69</v>
+      </c>
+      <c r="C12" s="45" t="s">
+        <v>58</v>
+      </c>
+      <c r="D12" s="2"/>
+      <c r="E12" s="2"/>
+      <c r="F12" s="2"/>
+      <c r="G12" s="2"/>
+    </row>
+    <row r="13" spans="1:19" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="3" t="s">
+        <v>0</v>
+      </c>
+      <c r="B13" s="59" t="s">
         <v>65</v>
       </c>
-      <c r="B5" s="68"/>
-[...12 lines deleted...]
-      <c r="A7" s="67" t="s">
+      <c r="C13" s="69">
+        <v>4000001</v>
+      </c>
+      <c r="D13" s="63"/>
+      <c r="E13" s="43"/>
+      <c r="F13" s="43"/>
+      <c r="G13" s="43"/>
+      <c r="H13" s="43"/>
+      <c r="I13" s="43"/>
+      <c r="J13" s="43"/>
+      <c r="K13" s="43"/>
+      <c r="L13" s="43"/>
+      <c r="M13" s="43"/>
+      <c r="N13" s="43"/>
+      <c r="O13" s="43"/>
+      <c r="P13" s="43"/>
+      <c r="Q13" s="43"/>
+      <c r="R13" s="43"/>
+      <c r="S13" s="43"/>
+    </row>
+    <row r="14" spans="1:19" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="B14" s="56"/>
+      <c r="C14" s="70">
+        <v>45839</v>
+      </c>
+      <c r="D14" s="64"/>
+      <c r="E14" s="23"/>
+      <c r="F14" s="23"/>
+      <c r="G14" s="23"/>
+      <c r="H14" s="23"/>
+      <c r="I14" s="23"/>
+      <c r="J14" s="23"/>
+      <c r="K14" s="23"/>
+      <c r="L14" s="23"/>
+      <c r="M14" s="23"/>
+      <c r="N14" s="23"/>
+      <c r="O14" s="23"/>
+      <c r="P14" s="23"/>
+      <c r="Q14" s="23"/>
+      <c r="R14" s="23"/>
+      <c r="S14" s="23"/>
+    </row>
+    <row r="15" spans="1:19" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="B15" s="60" t="s">
+        <v>66</v>
+      </c>
+      <c r="C15" s="71">
+        <v>0.4375</v>
+      </c>
+      <c r="D15" s="65"/>
+      <c r="E15" s="24"/>
+      <c r="F15" s="24"/>
+      <c r="G15" s="24"/>
+      <c r="H15" s="24"/>
+      <c r="I15" s="24"/>
+      <c r="J15" s="24"/>
+      <c r="K15" s="24"/>
+      <c r="L15" s="24"/>
+      <c r="M15" s="24"/>
+      <c r="N15" s="24"/>
+      <c r="O15" s="24"/>
+      <c r="P15" s="24"/>
+      <c r="Q15" s="24"/>
+      <c r="R15" s="24"/>
+      <c r="S15" s="24"/>
+    </row>
+    <row r="16" spans="1:19" ht="52.8" x14ac:dyDescent="0.25">
+      <c r="A16" s="5" t="s">
+        <v>91</v>
+      </c>
+      <c r="B16" s="81">
+        <v>5856</v>
+      </c>
+      <c r="C16" s="87">
+        <v>16.100000000000001</v>
+      </c>
+      <c r="D16" s="86"/>
+      <c r="E16" s="78"/>
+      <c r="F16" s="78"/>
+      <c r="G16" s="78"/>
+      <c r="H16" s="78"/>
+      <c r="I16" s="78"/>
+      <c r="J16" s="78"/>
+      <c r="K16" s="78"/>
+      <c r="L16" s="78"/>
+      <c r="M16" s="78"/>
+      <c r="N16" s="78"/>
+      <c r="O16" s="78"/>
+      <c r="P16" s="78"/>
+      <c r="Q16" s="78"/>
+      <c r="R16" s="78"/>
+      <c r="S16" s="78"/>
+    </row>
+    <row r="17" spans="1:19" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="5" t="s">
+        <v>82</v>
+      </c>
+      <c r="B17" s="81">
+        <v>1022</v>
+      </c>
+      <c r="C17" s="87">
+        <v>15.5</v>
+      </c>
+      <c r="D17" s="86"/>
+      <c r="E17" s="78"/>
+      <c r="F17" s="78"/>
+      <c r="G17" s="78"/>
+      <c r="H17" s="78"/>
+      <c r="I17" s="78"/>
+      <c r="J17" s="78"/>
+      <c r="K17" s="78"/>
+      <c r="L17" s="78"/>
+      <c r="M17" s="78"/>
+      <c r="N17" s="78"/>
+      <c r="O17" s="78"/>
+      <c r="P17" s="78"/>
+      <c r="Q17" s="78"/>
+      <c r="R17" s="78"/>
+      <c r="S17" s="78"/>
+    </row>
+    <row r="18" spans="1:19" ht="39.6" x14ac:dyDescent="0.25">
+      <c r="A18" s="19" t="s">
+        <v>68</v>
+      </c>
+      <c r="B18" s="61" t="s">
+        <v>67</v>
+      </c>
+      <c r="C18" s="73"/>
+      <c r="D18" s="66"/>
+      <c r="E18" s="4"/>
+      <c r="F18" s="4"/>
+      <c r="G18" s="4"/>
+      <c r="H18" s="4"/>
+      <c r="I18" s="4"/>
+      <c r="J18" s="4"/>
+      <c r="K18" s="4"/>
+      <c r="L18" s="4"/>
+      <c r="M18" s="4"/>
+      <c r="N18" s="4"/>
+      <c r="O18" s="4"/>
+      <c r="P18" s="4"/>
+      <c r="Q18" s="4"/>
+      <c r="R18" s="4"/>
+      <c r="S18" s="4"/>
+    </row>
+    <row r="19" spans="1:19" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="55" t="s">
+        <v>49</v>
+      </c>
+      <c r="B19" s="44"/>
+      <c r="C19" s="74"/>
+      <c r="D19" s="39"/>
+      <c r="E19" s="39"/>
+      <c r="F19" s="39"/>
+      <c r="G19" s="39"/>
+      <c r="H19" s="39"/>
+      <c r="I19" s="39"/>
+      <c r="J19" s="39"/>
+      <c r="K19" s="39"/>
+      <c r="L19" s="39"/>
+      <c r="M19" s="39"/>
+      <c r="N19" s="39"/>
+      <c r="O19" s="39"/>
+      <c r="P19" s="39"/>
+      <c r="Q19" s="39"/>
+      <c r="R19" s="39"/>
+      <c r="S19" s="39"/>
+    </row>
+    <row r="20" spans="1:19" s="47" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="46" t="s">
+        <v>63</v>
+      </c>
+      <c r="B20" s="57" t="s">
         <v>62</v>
       </c>
-      <c r="B7" s="68"/>
-[...241 lines deleted...]
-      <c r="A19" s="60" t="s">
+      <c r="C20" s="75" t="s">
+        <v>57</v>
+      </c>
+      <c r="D20" s="67"/>
+      <c r="E20" s="46"/>
+      <c r="F20" s="46"/>
+      <c r="G20" s="46"/>
+      <c r="H20" s="46"/>
+      <c r="I20" s="46"/>
+      <c r="J20" s="46"/>
+      <c r="K20" s="46"/>
+      <c r="L20" s="46"/>
+      <c r="M20" s="46"/>
+      <c r="N20" s="46"/>
+      <c r="O20" s="46"/>
+      <c r="P20" s="46"/>
+      <c r="Q20" s="46"/>
+      <c r="R20" s="46"/>
+      <c r="S20" s="46"/>
+    </row>
+    <row r="21" spans="1:19" s="47" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="46" t="s">
+        <v>51</v>
+      </c>
+      <c r="B21" s="62"/>
+      <c r="C21" s="76" t="s">
+        <v>60</v>
+      </c>
+      <c r="D21" s="68"/>
+      <c r="E21" s="48"/>
+      <c r="F21" s="48"/>
+      <c r="G21" s="48"/>
+      <c r="H21" s="48"/>
+      <c r="I21" s="48"/>
+      <c r="J21" s="48"/>
+      <c r="K21" s="48"/>
+      <c r="L21" s="48"/>
+      <c r="M21" s="48"/>
+      <c r="N21" s="48"/>
+      <c r="O21" s="48"/>
+      <c r="P21" s="48"/>
+      <c r="Q21" s="48"/>
+      <c r="R21" s="48"/>
+      <c r="S21" s="48"/>
+    </row>
+    <row r="22" spans="1:19" s="47" customFormat="1" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A22" s="46" t="s">
+        <v>50</v>
+      </c>
+      <c r="B22" s="62"/>
+      <c r="C22" s="77" t="s">
         <v>61</v>
       </c>
-      <c r="B19" s="76"/>
-[...56 lines deleted...]
-    <row r="24" spans="1:19" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+      <c r="D22" s="68"/>
+      <c r="E22" s="48"/>
+      <c r="F22" s="48"/>
+      <c r="G22" s="48"/>
+      <c r="H22" s="48"/>
+      <c r="I22" s="48"/>
+      <c r="J22" s="48"/>
+      <c r="K22" s="48"/>
+      <c r="L22" s="48"/>
+      <c r="M22" s="48"/>
+      <c r="N22" s="48"/>
+      <c r="O22" s="48"/>
+      <c r="P22" s="48"/>
+      <c r="Q22" s="48"/>
+      <c r="R22" s="48"/>
+      <c r="S22" s="48"/>
+    </row>
+    <row r="23" spans="1:19" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="153"/>
+      <c r="B23" s="153"/>
+      <c r="C23" s="153"/>
+    </row>
+    <row r="24" spans="1:19" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="153"/>
+      <c r="B24" s="153"/>
+      <c r="C24" s="153"/>
+    </row>
+    <row r="25" spans="1:19" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="26" spans="1:19" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="I1:S1"/>
-    <mergeCell ref="A21:C21"/>
-    <mergeCell ref="A22:C22"/>
+    <mergeCell ref="A23:C23"/>
+    <mergeCell ref="A24:C24"/>
   </mergeCells>
+  <hyperlinks>
+    <hyperlink ref="A10" location="Nouveautés_Masque!A1" tooltip="Information facultative" display="Version Méthode d'Evaluation IBD :" xr:uid="{F45AAA34-0766-4E5B-A37B-2BC178E20040}"/>
+  </hyperlinks>
   <pageMargins left="0.78740157499999996" right="0.78740157499999996" top="0.984251969" bottom="0.984251969" header="0.4921259845" footer="0.4921259845"/>
   <pageSetup paperSize="9" scale="55" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
   <legacyDrawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <sheetPr>
-    <tabColor indexed="41"/>
+    <tabColor theme="8" tint="0.59999389629810485"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:S25"/>
+  <dimension ref="A1:S27"/>
   <sheetViews>
-    <sheetView topLeftCell="A6" workbookViewId="0">
-      <selection activeCell="A9" sqref="A9"/>
+    <sheetView workbookViewId="0">
+      <selection activeCell="F6" sqref="F6"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="46.140625" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="19" max="19" width="10.28515625" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="46.109375" customWidth="1"/>
+    <col min="2" max="2" width="22.33203125" customWidth="1"/>
+    <col min="3" max="16" width="10.33203125" bestFit="1" customWidth="1"/>
+    <col min="17" max="18" width="10.33203125" customWidth="1"/>
+    <col min="19" max="19" width="10.33203125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:19" ht="37.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:19" ht="37.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A1" s="20" t="s">
-        <v>156</v>
+        <v>143</v>
       </c>
       <c r="B1" s="21"/>
       <c r="C1" s="21"/>
       <c r="D1" s="21"/>
       <c r="E1" s="21"/>
       <c r="F1" s="21"/>
       <c r="G1" s="21"/>
-      <c r="I1" s="139" t="s">
-[...33 lines deleted...]
-      <c r="C3" s="54"/>
+      <c r="I1" s="154" t="s">
+        <v>185</v>
+      </c>
+      <c r="J1" s="155"/>
+      <c r="K1" s="155"/>
+      <c r="L1" s="155"/>
+      <c r="M1" s="155"/>
+      <c r="N1" s="155"/>
+      <c r="O1" s="155"/>
+      <c r="P1" s="155"/>
+      <c r="Q1" s="155"/>
+      <c r="R1" s="155"/>
+      <c r="S1" s="156"/>
+    </row>
+    <row r="2" spans="1:19" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="55" t="s">
+        <v>49</v>
+      </c>
+      <c r="B2" s="38"/>
+      <c r="C2" s="38"/>
+      <c r="D2" s="38"/>
+      <c r="E2" s="38"/>
+      <c r="F2" s="38"/>
+      <c r="G2" s="38"/>
+      <c r="H2" s="38"/>
+      <c r="I2" s="38"/>
+      <c r="J2" s="38"/>
+      <c r="K2" s="38"/>
+    </row>
+    <row r="3" spans="1:19" s="1" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="138" t="s">
+        <v>100</v>
+      </c>
+      <c r="B3" s="54"/>
+      <c r="C3" s="40"/>
       <c r="D3" s="2"/>
     </row>
-    <row r="4" spans="1:19" s="1" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
-[...4 lines deleted...]
-      <c r="C4" s="54"/>
+    <row r="4" spans="1:19" s="1" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="138" t="s">
+        <v>101</v>
+      </c>
+      <c r="B4" s="103"/>
+      <c r="C4" s="40"/>
       <c r="D4" s="2"/>
     </row>
-    <row r="5" spans="1:19" s="1" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A5" s="67" t="s">
+    <row r="5" spans="1:19" s="1" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="138" t="s">
+        <v>55</v>
+      </c>
+      <c r="B5" s="54"/>
+      <c r="C5" s="40"/>
+      <c r="D5" s="2"/>
+    </row>
+    <row r="6" spans="1:19" s="1" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="138" t="s">
+        <v>54</v>
+      </c>
+      <c r="B6" s="103"/>
+      <c r="C6" s="40"/>
+      <c r="D6" s="2"/>
+    </row>
+    <row r="7" spans="1:19" s="1" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="138" t="s">
+        <v>52</v>
+      </c>
+      <c r="B7" s="54"/>
+      <c r="C7" s="41"/>
+      <c r="D7" s="2"/>
+    </row>
+    <row r="8" spans="1:19" s="1" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="138" t="s">
+        <v>53</v>
+      </c>
+      <c r="B8" s="103"/>
+      <c r="C8" s="42"/>
+      <c r="D8" s="2"/>
+    </row>
+    <row r="9" spans="1:19" s="1" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="138" t="s">
+        <v>56</v>
+      </c>
+      <c r="B9" s="54"/>
+      <c r="C9" s="42"/>
+      <c r="D9" s="2"/>
+    </row>
+    <row r="10" spans="1:19" s="1" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="147" t="s">
+        <v>171</v>
+      </c>
+      <c r="B10" s="54"/>
+      <c r="C10" s="42"/>
+      <c r="D10" s="2"/>
+    </row>
+    <row r="11" spans="1:19" s="1" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="89"/>
+      <c r="B11" s="90"/>
+      <c r="C11" s="42"/>
+      <c r="D11" s="2"/>
+    </row>
+    <row r="12" spans="1:19" s="1" customFormat="1" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="22"/>
+      <c r="B12" s="45" t="s">
+        <v>69</v>
+      </c>
+      <c r="C12" s="45" t="s">
+        <v>58</v>
+      </c>
+      <c r="D12" s="2"/>
+      <c r="E12" s="2"/>
+      <c r="F12" s="2"/>
+      <c r="G12" s="2"/>
+    </row>
+    <row r="13" spans="1:19" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="3" t="s">
+        <v>0</v>
+      </c>
+      <c r="B13" s="59" t="s">
         <v>65</v>
       </c>
-      <c r="B5" s="68"/>
-      <c r="C5" s="54"/>
+      <c r="C13" s="69">
+        <v>4000001</v>
+      </c>
+      <c r="D13" s="63"/>
+      <c r="E13" s="43"/>
+      <c r="F13" s="43"/>
+      <c r="G13" s="43"/>
+      <c r="H13" s="43"/>
+      <c r="I13" s="43"/>
+      <c r="J13" s="43"/>
+      <c r="K13" s="43"/>
+      <c r="L13" s="43"/>
+      <c r="M13" s="43"/>
+      <c r="N13" s="43"/>
+      <c r="O13" s="43"/>
+      <c r="P13" s="43"/>
+      <c r="Q13" s="43"/>
+      <c r="R13" s="43"/>
+      <c r="S13" s="43"/>
+    </row>
+    <row r="14" spans="1:19" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="B14" s="56"/>
+      <c r="C14" s="70">
+        <v>45839</v>
+      </c>
+      <c r="D14" s="64"/>
+      <c r="E14" s="23"/>
+      <c r="F14" s="23"/>
+      <c r="G14" s="23"/>
+      <c r="H14" s="23"/>
+      <c r="I14" s="23"/>
+      <c r="J14" s="23"/>
+      <c r="K14" s="23"/>
+      <c r="L14" s="23"/>
+      <c r="M14" s="23"/>
+      <c r="N14" s="23"/>
+      <c r="O14" s="23"/>
+      <c r="P14" s="23"/>
+      <c r="Q14" s="23"/>
+      <c r="R14" s="23"/>
+      <c r="S14" s="23"/>
+    </row>
+    <row r="15" spans="1:19" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="B15" s="60" t="s">
+        <v>66</v>
+      </c>
+      <c r="C15" s="71">
+        <v>0.4375</v>
+      </c>
+      <c r="D15" s="65"/>
+      <c r="E15" s="24"/>
+      <c r="F15" s="24"/>
+      <c r="G15" s="24"/>
+      <c r="H15" s="24"/>
+      <c r="I15" s="24"/>
+      <c r="J15" s="24"/>
+      <c r="K15" s="24"/>
+      <c r="L15" s="24"/>
+      <c r="M15" s="24"/>
+      <c r="N15" s="24"/>
+      <c r="O15" s="24"/>
+      <c r="P15" s="24"/>
+      <c r="Q15" s="24"/>
+      <c r="R15" s="24"/>
+      <c r="S15" s="24"/>
+    </row>
+    <row r="16" spans="1:19" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="5" t="s">
+        <v>83</v>
+      </c>
+      <c r="B16" s="81">
+        <v>2928</v>
+      </c>
+      <c r="C16" s="85">
+        <v>11.27</v>
+      </c>
+      <c r="D16" s="84"/>
+      <c r="E16" s="79"/>
+      <c r="F16" s="79"/>
+      <c r="G16" s="79"/>
+      <c r="H16" s="79"/>
+      <c r="I16" s="79"/>
+      <c r="J16" s="79"/>
+      <c r="K16" s="79"/>
+      <c r="L16" s="79"/>
+      <c r="M16" s="79"/>
+      <c r="N16" s="79"/>
+      <c r="O16" s="79"/>
+      <c r="P16" s="79"/>
+      <c r="Q16" s="79"/>
+      <c r="R16" s="79"/>
+      <c r="S16" s="79"/>
+    </row>
+    <row r="17" spans="1:19" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="5" t="s">
+        <v>104</v>
+      </c>
+      <c r="B17" s="81">
+        <v>8063</v>
+      </c>
+      <c r="C17" s="93">
+        <v>10.46</v>
+      </c>
+      <c r="D17" s="84"/>
+      <c r="E17" s="79"/>
+      <c r="F17" s="79"/>
+      <c r="G17" s="79"/>
+      <c r="H17" s="79"/>
+      <c r="I17" s="79"/>
+      <c r="J17" s="79"/>
+      <c r="K17" s="79"/>
+      <c r="L17" s="79"/>
+      <c r="M17" s="79"/>
+      <c r="N17" s="79"/>
+      <c r="O17" s="79"/>
+      <c r="P17" s="79"/>
+      <c r="Q17" s="79"/>
+      <c r="R17" s="79"/>
+      <c r="S17" s="79"/>
+    </row>
+    <row r="18" spans="1:19" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="5" t="s">
+        <v>105</v>
+      </c>
+      <c r="B18" s="81">
+        <v>7974</v>
+      </c>
+      <c r="C18" s="72">
+        <v>18</v>
+      </c>
+      <c r="D18" s="84"/>
+      <c r="E18" s="79"/>
+      <c r="F18" s="79"/>
+      <c r="G18" s="79"/>
+      <c r="H18" s="79"/>
+      <c r="I18" s="79"/>
+      <c r="J18" s="79"/>
+      <c r="K18" s="79"/>
+      <c r="L18" s="79"/>
+      <c r="M18" s="79"/>
+      <c r="N18" s="79"/>
+      <c r="O18" s="79"/>
+      <c r="P18" s="79"/>
+      <c r="Q18" s="79"/>
+      <c r="R18" s="79"/>
+      <c r="S18" s="79"/>
+    </row>
+    <row r="19" spans="1:19" ht="39.6" x14ac:dyDescent="0.25">
+      <c r="A19" s="19" t="s">
+        <v>68</v>
+      </c>
+      <c r="B19" s="61" t="s">
+        <v>67</v>
+      </c>
+      <c r="C19" s="73"/>
+      <c r="D19" s="66"/>
+      <c r="E19" s="4"/>
+      <c r="F19" s="4"/>
+      <c r="G19" s="4"/>
+      <c r="H19" s="4"/>
+      <c r="I19" s="4"/>
+      <c r="J19" s="4"/>
+      <c r="K19" s="4"/>
+      <c r="L19" s="4"/>
+      <c r="M19" s="4"/>
+      <c r="N19" s="4"/>
+      <c r="O19" s="4"/>
+      <c r="P19" s="4"/>
+      <c r="Q19" s="4"/>
+      <c r="R19" s="4"/>
+      <c r="S19" s="4"/>
+    </row>
+    <row r="20" spans="1:19" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="55" t="s">
+        <v>49</v>
+      </c>
+      <c r="B20" s="44"/>
+      <c r="C20" s="74"/>
+      <c r="D20" s="39"/>
+      <c r="E20" s="39"/>
+      <c r="F20" s="39"/>
+      <c r="G20" s="39"/>
+      <c r="H20" s="39"/>
+      <c r="I20" s="39"/>
+      <c r="J20" s="39"/>
+      <c r="K20" s="39"/>
+      <c r="L20" s="39"/>
+      <c r="M20" s="39"/>
+      <c r="N20" s="39"/>
+      <c r="O20" s="39"/>
+      <c r="P20" s="39"/>
+      <c r="Q20" s="39"/>
+      <c r="R20" s="39"/>
+      <c r="S20" s="39"/>
+    </row>
+    <row r="21" spans="1:19" s="47" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="46" t="s">
+        <v>63</v>
+      </c>
+      <c r="B21" s="57" t="s">
+        <v>62</v>
+      </c>
+      <c r="C21" s="75" t="s">
+        <v>57</v>
+      </c>
+      <c r="D21" s="67"/>
+      <c r="E21" s="46"/>
+      <c r="F21" s="46"/>
+      <c r="G21" s="46"/>
+      <c r="H21" s="46"/>
+      <c r="I21" s="46"/>
+      <c r="J21" s="46"/>
+      <c r="K21" s="46"/>
+      <c r="L21" s="46"/>
+      <c r="M21" s="46"/>
+      <c r="N21" s="46"/>
+      <c r="O21" s="46"/>
+      <c r="P21" s="46"/>
+      <c r="Q21" s="46"/>
+      <c r="R21" s="46"/>
+      <c r="S21" s="46"/>
+    </row>
+    <row r="22" spans="1:19" s="47" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="46" t="s">
+        <v>51</v>
+      </c>
+      <c r="B22" s="62"/>
+      <c r="C22" s="76" t="s">
+        <v>60</v>
+      </c>
+      <c r="D22" s="68"/>
+      <c r="E22" s="48"/>
+      <c r="F22" s="48"/>
+      <c r="G22" s="48"/>
+      <c r="H22" s="48"/>
+      <c r="I22" s="48"/>
+      <c r="J22" s="48"/>
+      <c r="K22" s="48"/>
+      <c r="L22" s="48"/>
+      <c r="M22" s="48"/>
+      <c r="N22" s="48"/>
+      <c r="O22" s="48"/>
+      <c r="P22" s="48"/>
+      <c r="Q22" s="48"/>
+      <c r="R22" s="48"/>
+      <c r="S22" s="48"/>
+    </row>
+    <row r="23" spans="1:19" s="47" customFormat="1" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A23" s="46" t="s">
+        <v>50</v>
+      </c>
+      <c r="B23" s="62"/>
+      <c r="C23" s="77" t="s">
+        <v>61</v>
+      </c>
+      <c r="D23" s="68"/>
+      <c r="E23" s="48"/>
+      <c r="F23" s="48"/>
+      <c r="G23" s="48"/>
+      <c r="H23" s="48"/>
+      <c r="I23" s="48"/>
+      <c r="J23" s="48"/>
+      <c r="K23" s="48"/>
+      <c r="L23" s="48"/>
+      <c r="M23" s="48"/>
+      <c r="N23" s="48"/>
+      <c r="O23" s="48"/>
+      <c r="P23" s="48"/>
+      <c r="Q23" s="48"/>
+      <c r="R23" s="48"/>
+      <c r="S23" s="48"/>
+    </row>
+    <row r="24" spans="1:19" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="153"/>
+      <c r="B24" s="153"/>
+      <c r="C24" s="153"/>
+    </row>
+    <row r="25" spans="1:19" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="153"/>
+      <c r="B25" s="153"/>
+      <c r="C25" s="153"/>
+    </row>
+    <row r="26" spans="1:19" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="27" spans="1:19" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+  </sheetData>
+  <mergeCells count="3">
+    <mergeCell ref="I1:S1"/>
+    <mergeCell ref="A24:C24"/>
+    <mergeCell ref="A25:C25"/>
+  </mergeCells>
+  <hyperlinks>
+    <hyperlink ref="A10" location="Nouveautés_Masque!A1" tooltip="Information facultative" display="Version Méthode d'Evaluation IBMR :" xr:uid="{BFD578F8-123F-4137-B2D8-AC0DD91E8ADE}"/>
+  </hyperlinks>
+  <pageMargins left="0.78740157499999996" right="0.78740157499999996" top="0.984251969" bottom="0.984251969" header="0.4921259845" footer="0.4921259845"/>
+  <pageSetup paperSize="9" scale="54" orientation="landscape" r:id="rId1"/>
+  <headerFooter alignWithMargins="0"/>
+  <legacyDrawing r:id="rId2"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
+  <sheetPr>
+    <tabColor theme="8" tint="0.59999389629810485"/>
+    <pageSetUpPr fitToPage="1"/>
+  </sheetPr>
+  <dimension ref="A1:S20"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <selection activeCell="G7" sqref="G7"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="46.109375" customWidth="1"/>
+    <col min="2" max="2" width="22.33203125" customWidth="1"/>
+    <col min="3" max="16" width="10.33203125" bestFit="1" customWidth="1"/>
+    <col min="17" max="18" width="10.33203125" customWidth="1"/>
+    <col min="19" max="19" width="10.33203125" bestFit="1" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:19" ht="21.6" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A1" s="20" t="s">
+        <v>144</v>
+      </c>
+      <c r="B1" s="21"/>
+      <c r="C1" s="21"/>
+      <c r="D1" s="21"/>
+      <c r="E1" s="21"/>
+      <c r="F1" s="21"/>
+      <c r="G1" s="21"/>
+      <c r="I1" s="160" t="s">
+        <v>92</v>
+      </c>
+      <c r="J1" s="161"/>
+      <c r="K1" s="161"/>
+      <c r="L1" s="161"/>
+      <c r="M1" s="161"/>
+      <c r="N1" s="161"/>
+      <c r="O1" s="161"/>
+      <c r="P1" s="161"/>
+      <c r="Q1" s="161"/>
+      <c r="R1" s="161"/>
+      <c r="S1" s="162"/>
+    </row>
+    <row r="2" spans="1:19" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="55" t="s">
+        <v>49</v>
+      </c>
+      <c r="B2" s="38"/>
+      <c r="C2" s="38"/>
+      <c r="D2" s="38"/>
+      <c r="E2" s="38"/>
+      <c r="F2" s="38"/>
+      <c r="G2" s="38"/>
+      <c r="H2" s="38"/>
+      <c r="I2" s="38"/>
+      <c r="J2" s="38"/>
+      <c r="K2" s="38"/>
+    </row>
+    <row r="3" spans="1:19" s="1" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="138" t="s">
+        <v>100</v>
+      </c>
+      <c r="B3" s="54"/>
+      <c r="C3" s="40"/>
+      <c r="D3" s="2"/>
+    </row>
+    <row r="4" spans="1:19" s="1" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="138" t="s">
+        <v>101</v>
+      </c>
+      <c r="B4" s="103"/>
+      <c r="C4" s="40"/>
+      <c r="D4" s="2"/>
+    </row>
+    <row r="5" spans="1:19" s="1" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="138" t="s">
+        <v>55</v>
+      </c>
+      <c r="B5" s="54"/>
+      <c r="C5" s="40"/>
       <c r="D5" s="2"/>
     </row>
-    <row r="6" spans="1:19" s="1" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
-[...4 lines deleted...]
-      <c r="C6" s="54"/>
+    <row r="6" spans="1:19" s="1" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="138" t="s">
+        <v>54</v>
+      </c>
+      <c r="B6" s="103"/>
+      <c r="C6" s="40"/>
       <c r="D6" s="2"/>
     </row>
-    <row r="7" spans="1:19" s="1" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
-[...4 lines deleted...]
-      <c r="C7" s="55"/>
+    <row r="7" spans="1:19" s="1" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="138" t="s">
+        <v>52</v>
+      </c>
+      <c r="B7" s="54"/>
+      <c r="C7" s="41"/>
       <c r="D7" s="2"/>
     </row>
-    <row r="8" spans="1:19" s="1" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
-[...4 lines deleted...]
-      <c r="C8" s="56"/>
+    <row r="8" spans="1:19" s="1" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="138" t="s">
+        <v>53</v>
+      </c>
+      <c r="B8" s="103"/>
+      <c r="C8" s="42"/>
       <c r="D8" s="2"/>
     </row>
-    <row r="9" spans="1:19" s="1" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A9" s="67" t="s">
+    <row r="9" spans="1:19" s="1" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="138" t="s">
+        <v>56</v>
+      </c>
+      <c r="B9" s="54"/>
+      <c r="C9" s="42"/>
+      <c r="D9" s="2"/>
+    </row>
+    <row r="10" spans="1:19" s="1" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="147" t="s">
+        <v>172</v>
+      </c>
+      <c r="B10" s="54"/>
+      <c r="C10" s="42"/>
+      <c r="D10" s="2"/>
+    </row>
+    <row r="11" spans="1:19" s="1" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="89"/>
+      <c r="B11" s="90"/>
+      <c r="C11" s="42"/>
+      <c r="D11" s="2"/>
+    </row>
+    <row r="12" spans="1:19" s="1" customFormat="1" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="22"/>
+      <c r="B12" s="45" t="s">
+        <v>69</v>
+      </c>
+      <c r="C12" s="45" t="s">
+        <v>58</v>
+      </c>
+      <c r="D12" s="2"/>
+      <c r="E12" s="2"/>
+      <c r="F12" s="2"/>
+      <c r="G12" s="2"/>
+    </row>
+    <row r="13" spans="1:19" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="3" t="s">
+        <v>0</v>
+      </c>
+      <c r="B13" s="59" t="s">
+        <v>65</v>
+      </c>
+      <c r="C13" s="69">
+        <v>4000001</v>
+      </c>
+      <c r="D13" s="63"/>
+      <c r="E13" s="43"/>
+      <c r="F13" s="43"/>
+      <c r="G13" s="43"/>
+      <c r="H13" s="43"/>
+      <c r="I13" s="43"/>
+      <c r="J13" s="43"/>
+      <c r="K13" s="43"/>
+      <c r="L13" s="43"/>
+      <c r="M13" s="43"/>
+      <c r="N13" s="43"/>
+      <c r="O13" s="43"/>
+      <c r="P13" s="43"/>
+      <c r="Q13" s="43"/>
+      <c r="R13" s="43"/>
+      <c r="S13" s="43"/>
+    </row>
+    <row r="14" spans="1:19" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="B14" s="56"/>
+      <c r="C14" s="70">
+        <v>45839</v>
+      </c>
+      <c r="D14" s="64"/>
+      <c r="E14" s="23"/>
+      <c r="F14" s="23"/>
+      <c r="G14" s="23"/>
+      <c r="H14" s="23"/>
+      <c r="I14" s="23"/>
+      <c r="J14" s="23"/>
+      <c r="K14" s="23"/>
+      <c r="L14" s="23"/>
+      <c r="M14" s="23"/>
+      <c r="N14" s="23"/>
+      <c r="O14" s="23"/>
+      <c r="P14" s="23"/>
+      <c r="Q14" s="23"/>
+      <c r="R14" s="23"/>
+      <c r="S14" s="23"/>
+    </row>
+    <row r="15" spans="1:19" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="B15" s="60" t="s">
         <v>66</v>
       </c>
-      <c r="B9" s="68"/>
-[...8 lines deleted...]
-      <c r="C10" s="59" t="s">
+      <c r="C15" s="71">
+        <v>0.4375</v>
+      </c>
+      <c r="D15" s="65"/>
+      <c r="E15" s="24"/>
+      <c r="F15" s="24"/>
+      <c r="G15" s="24"/>
+      <c r="H15" s="24"/>
+      <c r="I15" s="24"/>
+      <c r="J15" s="24"/>
+      <c r="K15" s="24"/>
+      <c r="L15" s="24"/>
+      <c r="M15" s="24"/>
+      <c r="N15" s="24"/>
+      <c r="O15" s="24"/>
+      <c r="P15" s="24"/>
+      <c r="Q15" s="24"/>
+      <c r="R15" s="24"/>
+      <c r="S15" s="24"/>
+    </row>
+    <row r="16" spans="1:19" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="5" t="s">
+        <v>84</v>
+      </c>
+      <c r="B16" s="81">
+        <v>7036</v>
+      </c>
+      <c r="C16" s="83">
+        <v>25.22345</v>
+      </c>
+      <c r="D16" s="82"/>
+      <c r="E16" s="80"/>
+      <c r="F16" s="80"/>
+      <c r="G16" s="80"/>
+      <c r="H16" s="80"/>
+      <c r="I16" s="80"/>
+      <c r="J16" s="80"/>
+      <c r="K16" s="80"/>
+      <c r="L16" s="80"/>
+      <c r="M16" s="80"/>
+      <c r="N16" s="80"/>
+      <c r="O16" s="80"/>
+      <c r="P16" s="80"/>
+      <c r="Q16" s="80"/>
+      <c r="R16" s="80"/>
+      <c r="S16" s="80"/>
+    </row>
+    <row r="17" spans="1:19" ht="39.6" x14ac:dyDescent="0.25">
+      <c r="A17" s="19" t="s">
         <v>68</v>
       </c>
-      <c r="D10" s="2"/>
-[...172 lines deleted...]
-      <c r="D17" s="81"/>
+      <c r="B17" s="61" t="s">
+        <v>67</v>
+      </c>
+      <c r="C17" s="73"/>
+      <c r="D17" s="66"/>
       <c r="E17" s="4"/>
       <c r="F17" s="4"/>
       <c r="G17" s="4"/>
       <c r="H17" s="4"/>
       <c r="I17" s="4"/>
       <c r="J17" s="4"/>
       <c r="K17" s="4"/>
       <c r="L17" s="4"/>
       <c r="M17" s="4"/>
       <c r="N17" s="4"/>
       <c r="O17" s="4"/>
       <c r="P17" s="4"/>
       <c r="Q17" s="4"/>
       <c r="R17" s="4"/>
       <c r="S17" s="4"/>
     </row>
-    <row r="18" spans="1:19" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
-[...75 lines deleted...]
-      <c r="A21" s="60" t="s">
+    <row r="18" spans="1:19" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="55" t="s">
+        <v>49</v>
+      </c>
+      <c r="B18" s="44"/>
+      <c r="C18" s="74"/>
+      <c r="D18" s="39"/>
+      <c r="E18" s="39"/>
+      <c r="F18" s="39"/>
+      <c r="G18" s="39"/>
+      <c r="H18" s="39"/>
+      <c r="I18" s="39"/>
+      <c r="J18" s="39"/>
+      <c r="K18" s="39"/>
+      <c r="L18" s="39"/>
+      <c r="M18" s="39"/>
+      <c r="N18" s="39"/>
+      <c r="O18" s="39"/>
+      <c r="P18" s="39"/>
+      <c r="Q18" s="39"/>
+      <c r="R18" s="39"/>
+      <c r="S18" s="39"/>
+    </row>
+    <row r="19" spans="1:19" s="47" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="46" t="s">
+        <v>63</v>
+      </c>
+      <c r="B19" s="57" t="s">
+        <v>62</v>
+      </c>
+      <c r="C19" s="75" t="s">
+        <v>57</v>
+      </c>
+      <c r="D19" s="67"/>
+      <c r="E19" s="46"/>
+      <c r="F19" s="46"/>
+      <c r="G19" s="46"/>
+      <c r="H19" s="46"/>
+      <c r="I19" s="46"/>
+      <c r="J19" s="46"/>
+      <c r="K19" s="46"/>
+      <c r="L19" s="46"/>
+      <c r="M19" s="46"/>
+      <c r="N19" s="46"/>
+      <c r="O19" s="46"/>
+      <c r="P19" s="46"/>
+      <c r="Q19" s="46"/>
+      <c r="R19" s="46"/>
+      <c r="S19" s="46"/>
+    </row>
+    <row r="20" spans="1:19" s="47" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="46" t="s">
+        <v>136</v>
+      </c>
+      <c r="B20" s="62"/>
+      <c r="C20" s="76" t="s">
         <v>60</v>
       </c>
-      <c r="B21" s="76"/>
-[...378 lines deleted...]
-      <c r="S18" s="62"/>
+      <c r="D20" s="68"/>
+      <c r="E20" s="48"/>
+      <c r="F20" s="48"/>
+      <c r="G20" s="48"/>
+      <c r="H20" s="48"/>
+      <c r="I20" s="48"/>
+      <c r="J20" s="48"/>
+      <c r="K20" s="48"/>
+      <c r="L20" s="48"/>
+      <c r="M20" s="48"/>
+      <c r="N20" s="48"/>
+      <c r="O20" s="48"/>
+      <c r="P20" s="48"/>
+      <c r="Q20" s="48"/>
+      <c r="R20" s="48"/>
+      <c r="S20" s="48"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="I1:S1"/>
   </mergeCells>
+  <hyperlinks>
+    <hyperlink ref="A10" location="Nouveautés_Masque!A1" tooltip="Information facultative" display="Version Méthode d'Evaluation IPR :" xr:uid="{D544184C-EE5C-4887-B245-CC4B1898CD88}"/>
+  </hyperlinks>
   <pageMargins left="0.78740157499999996" right="0.78740157499999996" top="0.984251969" bottom="0.984251969" header="0.4921259845" footer="0.4921259845"/>
   <pageSetup paperSize="9" scale="54" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
   <legacyDrawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0500-000000000000}">
   <sheetPr>
     <tabColor indexed="41"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:S25"/>
   <sheetViews>
     <sheetView topLeftCell="A4" workbookViewId="0">
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="40" customWidth="1"/>
-    <col min="2" max="2" width="22.28515625" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="19" max="19" width="10.28515625" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="22.33203125" customWidth="1"/>
+    <col min="3" max="16" width="10.33203125" bestFit="1" customWidth="1"/>
+    <col min="17" max="18" width="10.33203125" customWidth="1"/>
+    <col min="19" max="19" width="10.33203125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:19" ht="20.25" x14ac:dyDescent="0.2">
+    <row r="1" spans="1:19" ht="21" x14ac:dyDescent="0.25">
       <c r="A1" s="20" t="s">
-        <v>158</v>
+        <v>133</v>
       </c>
       <c r="B1" s="21"/>
       <c r="C1" s="21"/>
       <c r="D1" s="21"/>
       <c r="E1" s="21"/>
       <c r="F1" s="21"/>
       <c r="G1" s="21"/>
-      <c r="I1" s="103"/>
-[...31 lines deleted...]
-      <c r="C3" s="54"/>
+      <c r="I1" s="88"/>
+      <c r="J1" s="88"/>
+      <c r="K1" s="88"/>
+      <c r="L1" s="88"/>
+      <c r="M1" s="88"/>
+      <c r="N1" s="88"/>
+      <c r="O1" s="88"/>
+      <c r="P1" s="88"/>
+      <c r="Q1" s="88"/>
+      <c r="R1" s="88"/>
+      <c r="S1" s="88"/>
+    </row>
+    <row r="2" spans="1:19" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="55" t="s">
+        <v>49</v>
+      </c>
+      <c r="B2" s="38"/>
+      <c r="C2" s="38"/>
+      <c r="D2" s="38"/>
+      <c r="E2" s="38"/>
+      <c r="F2" s="38"/>
+      <c r="G2" s="38"/>
+      <c r="H2" s="38"/>
+      <c r="I2" s="38"/>
+      <c r="J2" s="38"/>
+      <c r="K2" s="38"/>
+    </row>
+    <row r="3" spans="1:19" s="1" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="53" t="s">
+        <v>100</v>
+      </c>
+      <c r="B3" s="54"/>
+      <c r="C3" s="40"/>
       <c r="D3" s="2"/>
     </row>
-    <row r="4" spans="1:19" s="1" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
-[...4 lines deleted...]
-      <c r="C4" s="54"/>
+    <row r="4" spans="1:19" s="1" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="53" t="s">
+        <v>101</v>
+      </c>
+      <c r="B4" s="103"/>
+      <c r="C4" s="40"/>
       <c r="D4" s="2"/>
     </row>
-    <row r="5" spans="1:19" s="1" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
-[...4 lines deleted...]
-      <c r="C5" s="54"/>
+    <row r="5" spans="1:19" s="1" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="53" t="s">
+        <v>55</v>
+      </c>
+      <c r="B5" s="54"/>
+      <c r="C5" s="40"/>
       <c r="D5" s="2"/>
     </row>
-    <row r="6" spans="1:19" s="1" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
-[...4 lines deleted...]
-      <c r="C6" s="54"/>
+    <row r="6" spans="1:19" s="1" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="53" t="s">
+        <v>54</v>
+      </c>
+      <c r="B6" s="103"/>
+      <c r="C6" s="40"/>
       <c r="D6" s="2"/>
     </row>
-    <row r="7" spans="1:19" s="1" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
-[...4 lines deleted...]
-      <c r="C7" s="55"/>
+    <row r="7" spans="1:19" s="1" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="53" t="s">
+        <v>52</v>
+      </c>
+      <c r="B7" s="54"/>
+      <c r="C7" s="41"/>
       <c r="D7" s="2"/>
     </row>
-    <row r="8" spans="1:19" s="1" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
-[...4 lines deleted...]
-      <c r="C8" s="56"/>
+    <row r="8" spans="1:19" s="1" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="53" t="s">
+        <v>53</v>
+      </c>
+      <c r="B8" s="103"/>
+      <c r="C8" s="42"/>
       <c r="D8" s="2"/>
     </row>
-    <row r="9" spans="1:19" s="1" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
-[...4 lines deleted...]
-      <c r="C9" s="56"/>
+    <row r="9" spans="1:19" s="1" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="53" t="s">
+        <v>56</v>
+      </c>
+      <c r="B9" s="54"/>
+      <c r="C9" s="42"/>
       <c r="D9" s="2"/>
     </row>
-    <row r="10" spans="1:19" s="1" customFormat="1" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:19" s="1" customFormat="1" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A10" s="22"/>
-      <c r="B10" s="59" t="s">
-[...3 lines deleted...]
-        <v>68</v>
+      <c r="B10" s="45" t="s">
+        <v>69</v>
+      </c>
+      <c r="C10" s="45" t="s">
+        <v>58</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2"/>
       <c r="F10" s="2"/>
       <c r="G10" s="2"/>
     </row>
-    <row r="11" spans="1:19" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="11" spans="1:19" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>0</v>
       </c>
-      <c r="B11" s="73" t="s">
-[...2 lines deleted...]
-      <c r="C11" s="84">
+      <c r="B11" s="59" t="s">
+        <v>65</v>
+      </c>
+      <c r="C11" s="69">
         <v>4000001</v>
       </c>
-      <c r="D11" s="77"/>
-[...16 lines deleted...]
-    <row r="12" spans="1:19" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="D11" s="63"/>
+      <c r="E11" s="43"/>
+      <c r="F11" s="43"/>
+      <c r="G11" s="43"/>
+      <c r="H11" s="43"/>
+      <c r="I11" s="43"/>
+      <c r="J11" s="43"/>
+      <c r="K11" s="43"/>
+      <c r="L11" s="43"/>
+      <c r="M11" s="43"/>
+      <c r="N11" s="43"/>
+      <c r="O11" s="43"/>
+      <c r="P11" s="43"/>
+      <c r="Q11" s="43"/>
+      <c r="R11" s="43"/>
+      <c r="S11" s="43"/>
+    </row>
+    <row r="12" spans="1:19" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="5" t="s">
         <v>24</v>
       </c>
-      <c r="B12" s="70"/>
-      <c r="C12" s="85">
+      <c r="B12" s="56"/>
+      <c r="C12" s="70">
         <v>44743</v>
       </c>
-      <c r="D12" s="78"/>
+      <c r="D12" s="64"/>
       <c r="E12" s="23"/>
       <c r="F12" s="23"/>
       <c r="G12" s="23"/>
       <c r="H12" s="23"/>
       <c r="I12" s="23"/>
       <c r="J12" s="23"/>
       <c r="K12" s="23"/>
       <c r="L12" s="23"/>
       <c r="M12" s="23"/>
       <c r="N12" s="23"/>
       <c r="O12" s="23"/>
       <c r="P12" s="23"/>
       <c r="Q12" s="23"/>
       <c r="R12" s="23"/>
       <c r="S12" s="23"/>
     </row>
-    <row r="13" spans="1:19" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="13" spans="1:19" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="B13" s="74" t="s">
-[...2 lines deleted...]
-      <c r="C13" s="86">
+      <c r="B13" s="60" t="s">
+        <v>66</v>
+      </c>
+      <c r="C13" s="71">
         <v>0.4375</v>
       </c>
-      <c r="D13" s="79"/>
+      <c r="D13" s="65"/>
       <c r="E13" s="24"/>
       <c r="F13" s="24"/>
       <c r="G13" s="24"/>
       <c r="H13" s="24"/>
       <c r="I13" s="24"/>
       <c r="J13" s="24"/>
       <c r="K13" s="24"/>
       <c r="L13" s="24"/>
       <c r="M13" s="24"/>
       <c r="N13" s="24"/>
       <c r="O13" s="24"/>
       <c r="P13" s="24"/>
       <c r="Q13" s="24"/>
       <c r="R13" s="24"/>
       <c r="S13" s="24"/>
     </row>
-    <row r="14" spans="1:19" ht="47.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="14" spans="1:19" ht="47.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="5" t="s">
-        <v>99</v>
-[...1 lines deleted...]
-      <c r="B14" s="96">
+        <v>85</v>
+      </c>
+      <c r="B14" s="81">
         <v>2543</v>
       </c>
-      <c r="C14" s="102">
+      <c r="C14" s="87">
         <v>0.9</v>
       </c>
-      <c r="D14" s="101"/>
-[...16 lines deleted...]
-    <row r="15" spans="1:19" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="D14" s="86"/>
+      <c r="E14" s="78"/>
+      <c r="F14" s="78"/>
+      <c r="G14" s="78"/>
+      <c r="H14" s="78"/>
+      <c r="I14" s="78"/>
+      <c r="J14" s="78"/>
+      <c r="K14" s="78"/>
+      <c r="L14" s="78"/>
+      <c r="M14" s="78"/>
+      <c r="N14" s="78"/>
+      <c r="O14" s="78"/>
+      <c r="P14" s="78"/>
+      <c r="Q14" s="78"/>
+      <c r="R14" s="78"/>
+      <c r="S14" s="78"/>
+    </row>
+    <row r="15" spans="1:19" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="5" t="s">
-        <v>100</v>
-[...1 lines deleted...]
-      <c r="B15" s="96">
+        <v>86</v>
+      </c>
+      <c r="B15" s="81">
         <v>6337</v>
       </c>
-      <c r="C15" s="87">
+      <c r="C15" s="72">
         <v>554</v>
       </c>
-      <c r="D15" s="101"/>
-[...16 lines deleted...]
-    <row r="16" spans="1:19" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="D15" s="86"/>
+      <c r="E15" s="78"/>
+      <c r="F15" s="78"/>
+      <c r="G15" s="78"/>
+      <c r="H15" s="78"/>
+      <c r="I15" s="78"/>
+      <c r="J15" s="78"/>
+      <c r="K15" s="78"/>
+      <c r="L15" s="78"/>
+      <c r="M15" s="78"/>
+      <c r="N15" s="78"/>
+      <c r="O15" s="78"/>
+      <c r="P15" s="78"/>
+      <c r="Q15" s="78"/>
+      <c r="R15" s="78"/>
+      <c r="S15" s="78"/>
+    </row>
+    <row r="16" spans="1:19" ht="39.6" x14ac:dyDescent="0.25">
       <c r="A16" s="19" t="s">
-        <v>78</v>
-[...5 lines deleted...]
-      <c r="D16" s="81"/>
+        <v>68</v>
+      </c>
+      <c r="B16" s="61" t="s">
+        <v>67</v>
+      </c>
+      <c r="C16" s="73"/>
+      <c r="D16" s="66"/>
       <c r="E16" s="4"/>
       <c r="F16" s="4"/>
       <c r="G16" s="4"/>
       <c r="H16" s="4"/>
       <c r="I16" s="4"/>
       <c r="J16" s="4"/>
       <c r="K16" s="4"/>
       <c r="L16" s="4"/>
       <c r="M16" s="4"/>
       <c r="N16" s="4"/>
       <c r="O16" s="4"/>
       <c r="P16" s="4"/>
       <c r="Q16" s="4"/>
       <c r="R16" s="4"/>
       <c r="S16" s="4"/>
     </row>
-    <row r="17" spans="1:19" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A17" s="69" t="s">
+    <row r="17" spans="1:19" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="55" t="s">
+        <v>49</v>
+      </c>
+      <c r="B17" s="44"/>
+      <c r="C17" s="74"/>
+      <c r="D17" s="39"/>
+      <c r="E17" s="39"/>
+      <c r="F17" s="39"/>
+      <c r="G17" s="39"/>
+      <c r="H17" s="39"/>
+      <c r="I17" s="39"/>
+      <c r="J17" s="39"/>
+      <c r="K17" s="39"/>
+      <c r="L17" s="39"/>
+      <c r="M17" s="39"/>
+      <c r="N17" s="39"/>
+      <c r="O17" s="39"/>
+      <c r="P17" s="39"/>
+      <c r="Q17" s="39"/>
+      <c r="R17" s="39"/>
+      <c r="S17" s="39"/>
+    </row>
+    <row r="18" spans="1:19" s="47" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="46" t="s">
+        <v>64</v>
+      </c>
+      <c r="B18" s="57" t="s">
+        <v>62</v>
+      </c>
+      <c r="C18" s="75" t="s">
         <v>59</v>
       </c>
-      <c r="B17" s="58"/>
-[...73 lines deleted...]
-      <c r="A20" s="60" t="s">
+      <c r="D18" s="67"/>
+      <c r="E18" s="46"/>
+      <c r="F18" s="46"/>
+      <c r="G18" s="46"/>
+      <c r="H18" s="46"/>
+      <c r="I18" s="46"/>
+      <c r="J18" s="46"/>
+      <c r="K18" s="46"/>
+      <c r="L18" s="46"/>
+      <c r="M18" s="46"/>
+      <c r="N18" s="46"/>
+      <c r="O18" s="46"/>
+      <c r="P18" s="46"/>
+      <c r="Q18" s="46"/>
+      <c r="R18" s="46"/>
+      <c r="S18" s="46"/>
+    </row>
+    <row r="19" spans="1:19" s="47" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="46" t="s">
+        <v>63</v>
+      </c>
+      <c r="B19" s="57" t="s">
+        <v>62</v>
+      </c>
+      <c r="C19" s="75" t="s">
+        <v>57</v>
+      </c>
+      <c r="D19" s="67"/>
+      <c r="E19" s="46"/>
+      <c r="F19" s="46"/>
+      <c r="G19" s="46"/>
+      <c r="H19" s="46"/>
+      <c r="I19" s="46"/>
+      <c r="J19" s="46"/>
+      <c r="K19" s="46"/>
+      <c r="L19" s="46"/>
+      <c r="M19" s="46"/>
+      <c r="N19" s="46"/>
+      <c r="O19" s="46"/>
+      <c r="P19" s="46"/>
+      <c r="Q19" s="46"/>
+      <c r="R19" s="46"/>
+      <c r="S19" s="46"/>
+    </row>
+    <row r="20" spans="1:19" s="47" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="46" t="s">
+        <v>51</v>
+      </c>
+      <c r="B20" s="62"/>
+      <c r="C20" s="76" t="s">
+        <v>60</v>
+      </c>
+      <c r="D20" s="68"/>
+      <c r="E20" s="48"/>
+      <c r="F20" s="48"/>
+      <c r="G20" s="48"/>
+      <c r="H20" s="48"/>
+      <c r="I20" s="48"/>
+      <c r="J20" s="48"/>
+      <c r="K20" s="48"/>
+      <c r="L20" s="48"/>
+      <c r="M20" s="48"/>
+      <c r="N20" s="48"/>
+      <c r="O20" s="48"/>
+      <c r="P20" s="48"/>
+      <c r="Q20" s="48"/>
+      <c r="R20" s="48"/>
+      <c r="S20" s="48"/>
+    </row>
+    <row r="21" spans="1:19" s="47" customFormat="1" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A21" s="46" t="s">
+        <v>50</v>
+      </c>
+      <c r="B21" s="62"/>
+      <c r="C21" s="77" t="s">
         <v>61</v>
       </c>
-      <c r="B20" s="76"/>
-[...56 lines deleted...]
-    <row r="25" spans="1:19" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+      <c r="D21" s="68"/>
+      <c r="E21" s="48"/>
+      <c r="F21" s="48"/>
+      <c r="G21" s="48"/>
+      <c r="H21" s="48"/>
+      <c r="I21" s="48"/>
+      <c r="J21" s="48"/>
+      <c r="K21" s="48"/>
+      <c r="L21" s="48"/>
+      <c r="M21" s="48"/>
+      <c r="N21" s="48"/>
+      <c r="O21" s="48"/>
+      <c r="P21" s="48"/>
+      <c r="Q21" s="48"/>
+      <c r="R21" s="48"/>
+      <c r="S21" s="48"/>
+    </row>
+    <row r="22" spans="1:19" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="153"/>
+      <c r="B22" s="153"/>
+      <c r="C22" s="153"/>
+    </row>
+    <row r="23" spans="1:19" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="153"/>
+      <c r="B23" s="153"/>
+      <c r="C23" s="153"/>
+    </row>
+    <row r="24" spans="1:19" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="25" spans="1:19" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A22:C22"/>
     <mergeCell ref="A23:C23"/>
   </mergeCells>
   <pageMargins left="0.78740157499999996" right="0.78740157499999996" top="0.984251969" bottom="0.984251969" header="0.4921259845" footer="0.4921259845"/>
   <pageSetup paperSize="9" scale="55" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
   <legacyDrawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{6ABE156F-7EE7-4D66-BD3B-35DED2102CB5}">
+  <sheetPr>
+    <tabColor theme="8" tint="0.59999389629810485"/>
+    <pageSetUpPr fitToPage="1"/>
+  </sheetPr>
+  <dimension ref="A1:S29"/>
+  <sheetViews>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="D6" sqref="D6"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="42" customWidth="1"/>
+    <col min="2" max="2" width="22.33203125" customWidth="1"/>
+    <col min="3" max="16" width="10.33203125" bestFit="1" customWidth="1"/>
+    <col min="17" max="18" width="10.33203125" customWidth="1"/>
+    <col min="19" max="19" width="10.33203125" bestFit="1" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:19" ht="38.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A1" s="20" t="s">
+        <v>152</v>
+      </c>
+      <c r="B1" s="21"/>
+      <c r="C1" s="21"/>
+      <c r="D1" s="21"/>
+      <c r="E1" s="21"/>
+      <c r="F1" s="21"/>
+      <c r="G1" s="21"/>
+      <c r="I1" s="154" t="s">
+        <v>186</v>
+      </c>
+      <c r="J1" s="155"/>
+      <c r="K1" s="155"/>
+      <c r="L1" s="155"/>
+      <c r="M1" s="155"/>
+      <c r="N1" s="155"/>
+      <c r="O1" s="155"/>
+      <c r="P1" s="155"/>
+      <c r="Q1" s="155"/>
+      <c r="R1" s="155"/>
+      <c r="S1" s="156"/>
+    </row>
+    <row r="2" spans="1:19" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="55" t="s">
+        <v>49</v>
+      </c>
+      <c r="B2" s="38"/>
+      <c r="C2" s="38"/>
+      <c r="D2" s="38"/>
+      <c r="E2" s="38"/>
+      <c r="F2" s="38"/>
+      <c r="G2" s="38"/>
+      <c r="H2" s="38"/>
+      <c r="I2" s="38"/>
+      <c r="J2" s="38"/>
+      <c r="K2" s="38"/>
+    </row>
+    <row r="3" spans="1:19" s="1" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="138" t="s">
+        <v>100</v>
+      </c>
+      <c r="B3" s="54"/>
+      <c r="C3" s="40"/>
+      <c r="D3" s="2"/>
+    </row>
+    <row r="4" spans="1:19" s="1" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="138" t="s">
+        <v>101</v>
+      </c>
+      <c r="B4" s="103"/>
+      <c r="C4" s="40"/>
+      <c r="D4" s="2"/>
+    </row>
+    <row r="5" spans="1:19" s="1" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="138" t="s">
+        <v>55</v>
+      </c>
+      <c r="B5" s="54"/>
+      <c r="C5" s="40"/>
+      <c r="D5" s="2"/>
+    </row>
+    <row r="6" spans="1:19" s="1" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="138" t="s">
+        <v>54</v>
+      </c>
+      <c r="B6" s="103"/>
+      <c r="C6" s="40"/>
+      <c r="D6" s="2"/>
+    </row>
+    <row r="7" spans="1:19" s="1" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="138" t="s">
+        <v>52</v>
+      </c>
+      <c r="B7" s="54"/>
+      <c r="C7" s="41"/>
+      <c r="D7" s="2"/>
+    </row>
+    <row r="8" spans="1:19" s="1" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="138" t="s">
+        <v>53</v>
+      </c>
+      <c r="B8" s="103"/>
+      <c r="C8" s="42"/>
+      <c r="D8" s="2"/>
+    </row>
+    <row r="9" spans="1:19" s="1" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="138" t="s">
+        <v>56</v>
+      </c>
+      <c r="B9" s="54"/>
+      <c r="C9" s="42"/>
+      <c r="D9" s="2"/>
+    </row>
+    <row r="10" spans="1:19" s="1" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="147" t="s">
+        <v>173</v>
+      </c>
+      <c r="B10" s="54"/>
+      <c r="C10" s="42"/>
+      <c r="D10" s="2"/>
+    </row>
+    <row r="11" spans="1:19" s="1" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="89"/>
+      <c r="B11" s="90"/>
+      <c r="C11" s="42"/>
+      <c r="D11" s="2"/>
+    </row>
+    <row r="12" spans="1:19" s="1" customFormat="1" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="22"/>
+      <c r="B12" s="45" t="s">
+        <v>69</v>
+      </c>
+      <c r="C12" s="45" t="s">
+        <v>58</v>
+      </c>
+      <c r="D12" s="2"/>
+      <c r="E12" s="2"/>
+      <c r="F12" s="2"/>
+      <c r="G12" s="2"/>
+    </row>
+    <row r="13" spans="1:19" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="3" t="s">
+        <v>0</v>
+      </c>
+      <c r="B13" s="59" t="s">
+        <v>65</v>
+      </c>
+      <c r="C13" s="69">
+        <v>4000001</v>
+      </c>
+      <c r="D13" s="63"/>
+      <c r="E13" s="43"/>
+      <c r="F13" s="43"/>
+      <c r="G13" s="43"/>
+      <c r="H13" s="43"/>
+      <c r="I13" s="43"/>
+      <c r="J13" s="43"/>
+      <c r="K13" s="43"/>
+      <c r="L13" s="43"/>
+      <c r="M13" s="43"/>
+      <c r="N13" s="43"/>
+      <c r="O13" s="43"/>
+      <c r="P13" s="43"/>
+      <c r="Q13" s="43"/>
+      <c r="R13" s="43"/>
+      <c r="S13" s="43"/>
+    </row>
+    <row r="14" spans="1:19" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="B14" s="56"/>
+      <c r="C14" s="70">
+        <v>45839</v>
+      </c>
+      <c r="D14" s="64"/>
+      <c r="E14" s="23"/>
+      <c r="F14" s="23"/>
+      <c r="G14" s="23"/>
+      <c r="H14" s="23"/>
+      <c r="I14" s="23"/>
+      <c r="J14" s="23"/>
+      <c r="K14" s="23"/>
+      <c r="L14" s="23"/>
+      <c r="M14" s="23"/>
+      <c r="N14" s="23"/>
+      <c r="O14" s="23"/>
+      <c r="P14" s="23"/>
+      <c r="Q14" s="23"/>
+      <c r="R14" s="23"/>
+      <c r="S14" s="23"/>
+    </row>
+    <row r="15" spans="1:19" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="B15" s="60" t="s">
+        <v>66</v>
+      </c>
+      <c r="C15" s="71">
+        <v>0.4375</v>
+      </c>
+      <c r="D15" s="65"/>
+      <c r="E15" s="24"/>
+      <c r="F15" s="24"/>
+      <c r="G15" s="24"/>
+      <c r="H15" s="24"/>
+      <c r="I15" s="24"/>
+      <c r="J15" s="24"/>
+      <c r="K15" s="24"/>
+      <c r="L15" s="24"/>
+      <c r="M15" s="24"/>
+      <c r="N15" s="24"/>
+      <c r="O15" s="24"/>
+      <c r="P15" s="24"/>
+      <c r="Q15" s="24"/>
+      <c r="R15" s="24"/>
+      <c r="S15" s="24"/>
+    </row>
+    <row r="16" spans="1:19" ht="49.2" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="5" t="s">
+        <v>141</v>
+      </c>
+      <c r="B16" s="81">
+        <v>9126</v>
+      </c>
+      <c r="C16" s="87" t="s">
+        <v>146</v>
+      </c>
+      <c r="D16" s="86"/>
+      <c r="E16" s="78"/>
+      <c r="F16" s="78"/>
+      <c r="G16" s="78"/>
+      <c r="H16" s="78"/>
+      <c r="I16" s="78"/>
+      <c r="J16" s="78"/>
+      <c r="K16" s="78"/>
+      <c r="L16" s="78"/>
+      <c r="M16" s="78"/>
+      <c r="N16" s="78"/>
+      <c r="O16" s="78"/>
+      <c r="P16" s="78"/>
+      <c r="Q16" s="78"/>
+      <c r="R16" s="78"/>
+      <c r="S16" s="78"/>
+    </row>
+    <row r="17" spans="1:19" ht="66" x14ac:dyDescent="0.25">
+      <c r="A17" s="5" t="s">
+        <v>137</v>
+      </c>
+      <c r="B17" s="81">
+        <v>9140</v>
+      </c>
+      <c r="C17" s="87" t="s">
+        <v>147</v>
+      </c>
+      <c r="D17" s="86"/>
+      <c r="E17" s="78"/>
+      <c r="F17" s="78"/>
+      <c r="G17" s="78"/>
+      <c r="H17" s="78"/>
+      <c r="I17" s="78"/>
+      <c r="J17" s="78"/>
+      <c r="K17" s="78"/>
+      <c r="L17" s="78"/>
+      <c r="M17" s="78"/>
+      <c r="N17" s="78"/>
+      <c r="O17" s="78"/>
+      <c r="P17" s="78"/>
+      <c r="Q17" s="78"/>
+      <c r="R17" s="78"/>
+      <c r="S17" s="78"/>
+    </row>
+    <row r="18" spans="1:19" ht="66" x14ac:dyDescent="0.25">
+      <c r="A18" s="5" t="s">
+        <v>138</v>
+      </c>
+      <c r="B18" s="81">
+        <v>9141</v>
+      </c>
+      <c r="C18" s="87" t="s">
+        <v>148</v>
+      </c>
+      <c r="D18" s="86"/>
+      <c r="E18" s="78"/>
+      <c r="F18" s="78"/>
+      <c r="G18" s="78"/>
+      <c r="H18" s="78"/>
+      <c r="I18" s="78"/>
+      <c r="J18" s="78"/>
+      <c r="K18" s="78"/>
+      <c r="L18" s="78"/>
+      <c r="M18" s="78"/>
+      <c r="N18" s="78"/>
+      <c r="O18" s="78"/>
+      <c r="P18" s="78"/>
+      <c r="Q18" s="78"/>
+      <c r="R18" s="78"/>
+      <c r="S18" s="78"/>
+    </row>
+    <row r="19" spans="1:19" ht="52.2" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="5" t="s">
+        <v>139</v>
+      </c>
+      <c r="B19" s="81">
+        <v>9142</v>
+      </c>
+      <c r="C19" s="87" t="s">
+        <v>149</v>
+      </c>
+      <c r="D19" s="86"/>
+      <c r="E19" s="78"/>
+      <c r="F19" s="78"/>
+      <c r="G19" s="78"/>
+      <c r="H19" s="78"/>
+      <c r="I19" s="78"/>
+      <c r="J19" s="78"/>
+      <c r="K19" s="78"/>
+      <c r="L19" s="78"/>
+      <c r="M19" s="78"/>
+      <c r="N19" s="78"/>
+      <c r="O19" s="78"/>
+      <c r="P19" s="78"/>
+      <c r="Q19" s="78"/>
+      <c r="R19" s="78"/>
+      <c r="S19" s="78"/>
+    </row>
+    <row r="20" spans="1:19" ht="60" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="5" t="s">
+        <v>140</v>
+      </c>
+      <c r="B20" s="81">
+        <v>9143</v>
+      </c>
+      <c r="C20" s="87" t="s">
+        <v>150</v>
+      </c>
+      <c r="D20" s="86"/>
+      <c r="E20" s="78"/>
+      <c r="F20" s="78"/>
+      <c r="G20" s="78"/>
+      <c r="H20" s="78"/>
+      <c r="I20" s="78"/>
+      <c r="J20" s="78"/>
+      <c r="K20" s="78"/>
+      <c r="L20" s="78"/>
+      <c r="M20" s="78"/>
+      <c r="N20" s="78"/>
+      <c r="O20" s="78"/>
+      <c r="P20" s="78"/>
+      <c r="Q20" s="78"/>
+      <c r="R20" s="78"/>
+      <c r="S20" s="78"/>
+    </row>
+    <row r="21" spans="1:19" ht="39.6" x14ac:dyDescent="0.25">
+      <c r="A21" s="19" t="s">
+        <v>68</v>
+      </c>
+      <c r="B21" s="61" t="s">
+        <v>67</v>
+      </c>
+      <c r="C21" s="73"/>
+      <c r="D21" s="66"/>
+      <c r="E21" s="4"/>
+      <c r="F21" s="4"/>
+      <c r="G21" s="4"/>
+      <c r="H21" s="4"/>
+      <c r="I21" s="4"/>
+      <c r="J21" s="4"/>
+      <c r="K21" s="4"/>
+      <c r="L21" s="4"/>
+      <c r="M21" s="4"/>
+      <c r="N21" s="4"/>
+      <c r="O21" s="4"/>
+      <c r="P21" s="4"/>
+      <c r="Q21" s="4"/>
+      <c r="R21" s="4"/>
+      <c r="S21" s="4"/>
+    </row>
+    <row r="22" spans="1:19" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="55" t="s">
+        <v>49</v>
+      </c>
+      <c r="B22" s="44"/>
+      <c r="C22" s="74"/>
+      <c r="D22" s="39"/>
+      <c r="E22" s="39"/>
+      <c r="F22" s="39"/>
+      <c r="G22" s="39"/>
+      <c r="H22" s="39"/>
+      <c r="I22" s="39"/>
+      <c r="J22" s="39"/>
+      <c r="K22" s="39"/>
+      <c r="L22" s="39"/>
+      <c r="M22" s="39"/>
+      <c r="N22" s="39"/>
+      <c r="O22" s="39"/>
+      <c r="P22" s="39"/>
+      <c r="Q22" s="39"/>
+      <c r="R22" s="39"/>
+      <c r="S22" s="39"/>
+    </row>
+    <row r="23" spans="1:19" s="47" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="46" t="s">
+        <v>63</v>
+      </c>
+      <c r="B23" s="57" t="s">
+        <v>62</v>
+      </c>
+      <c r="C23" s="75" t="s">
+        <v>57</v>
+      </c>
+      <c r="D23" s="67"/>
+      <c r="E23" s="46"/>
+      <c r="F23" s="46"/>
+      <c r="G23" s="46"/>
+      <c r="H23" s="46"/>
+      <c r="I23" s="46"/>
+      <c r="J23" s="46"/>
+      <c r="K23" s="46"/>
+      <c r="L23" s="46"/>
+      <c r="M23" s="46"/>
+      <c r="N23" s="46"/>
+      <c r="O23" s="46"/>
+      <c r="P23" s="46"/>
+      <c r="Q23" s="46"/>
+      <c r="R23" s="46"/>
+      <c r="S23" s="46"/>
+    </row>
+    <row r="24" spans="1:19" s="47" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="46" t="s">
+        <v>51</v>
+      </c>
+      <c r="B24" s="62"/>
+      <c r="C24" s="76" t="s">
+        <v>60</v>
+      </c>
+      <c r="D24" s="68"/>
+      <c r="E24" s="48"/>
+      <c r="F24" s="48"/>
+      <c r="G24" s="48"/>
+      <c r="H24" s="48"/>
+      <c r="I24" s="48"/>
+      <c r="J24" s="48"/>
+      <c r="K24" s="48"/>
+      <c r="L24" s="48"/>
+      <c r="M24" s="48"/>
+      <c r="N24" s="48"/>
+      <c r="O24" s="48"/>
+      <c r="P24" s="48"/>
+      <c r="Q24" s="48"/>
+      <c r="R24" s="48"/>
+      <c r="S24" s="48"/>
+    </row>
+    <row r="25" spans="1:19" s="47" customFormat="1" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A25" s="46" t="s">
+        <v>50</v>
+      </c>
+      <c r="B25" s="62"/>
+      <c r="C25" s="77" t="s">
+        <v>61</v>
+      </c>
+      <c r="D25" s="68"/>
+      <c r="E25" s="48"/>
+      <c r="F25" s="48"/>
+      <c r="G25" s="48"/>
+      <c r="H25" s="48"/>
+      <c r="I25" s="48"/>
+      <c r="J25" s="48"/>
+      <c r="K25" s="48"/>
+      <c r="L25" s="48"/>
+      <c r="M25" s="48"/>
+      <c r="N25" s="48"/>
+      <c r="O25" s="48"/>
+      <c r="P25" s="48"/>
+      <c r="Q25" s="48"/>
+      <c r="R25" s="48"/>
+      <c r="S25" s="48"/>
+    </row>
+    <row r="26" spans="1:19" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="153"/>
+      <c r="B26" s="153"/>
+      <c r="C26" s="153"/>
+    </row>
+    <row r="27" spans="1:19" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="153"/>
+      <c r="B27" s="153"/>
+      <c r="C27" s="153"/>
+    </row>
+    <row r="28" spans="1:19" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="29" spans="1:19" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+  </sheetData>
+  <mergeCells count="3">
+    <mergeCell ref="I1:S1"/>
+    <mergeCell ref="A26:C26"/>
+    <mergeCell ref="A27:C27"/>
+  </mergeCells>
+  <hyperlinks>
+    <hyperlink ref="A10" location="Nouveautés_Masque!A1" tooltip="Information facultative" display="Version Méthode d'Evaluation IPHYGE :" xr:uid="{64A8F166-9471-4E01-94DE-F9D1E03FDBBB}"/>
+  </hyperlinks>
+  <pageMargins left="0.78740157499999996" right="0.78740157499999996" top="0.984251969" bottom="0.984251969" header="0.4921259845" footer="0.4921259845"/>
+  <pageSetup paperSize="9" scale="55" orientation="landscape" r:id="rId1"/>
+  <headerFooter alignWithMargins="0"/>
+  <ignoredErrors>
+    <ignoredError sqref="C16:C20" numberStoredAsText="1"/>
+  </ignoredErrors>
+  <legacyDrawing r:id="rId2"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0600-000000000000}">
   <sheetPr>
     <tabColor theme="6" tint="0.59999389629810485"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:R23"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="A7" sqref="A7"/>
+      <selection activeCell="M5" sqref="M5"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="42" customWidth="1"/>
-    <col min="2" max="2" width="22.28515625" customWidth="1"/>
-    <col min="3" max="17" width="10.28515625" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="22.33203125" customWidth="1"/>
+    <col min="3" max="17" width="10.33203125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:17" ht="20.25" x14ac:dyDescent="0.2">
+    <row r="1" spans="1:17" ht="21" x14ac:dyDescent="0.25">
       <c r="A1" s="20" t="s">
-        <v>159</v>
+        <v>145</v>
       </c>
       <c r="B1" s="21"/>
       <c r="C1" s="21"/>
       <c r="D1" s="21"/>
       <c r="E1" s="21"/>
       <c r="F1" s="21"/>
       <c r="G1" s="21"/>
-      <c r="I1" s="153"/>
-[...29 lines deleted...]
-      <c r="C3" s="54"/>
+      <c r="I1" s="163"/>
+      <c r="J1" s="163"/>
+      <c r="K1" s="163"/>
+      <c r="L1" s="163"/>
+      <c r="M1" s="163"/>
+      <c r="N1" s="163"/>
+      <c r="O1" s="163"/>
+      <c r="P1" s="163"/>
+      <c r="Q1" s="163"/>
+    </row>
+    <row r="2" spans="1:17" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="55" t="s">
+        <v>49</v>
+      </c>
+      <c r="B2" s="38"/>
+      <c r="C2" s="38"/>
+      <c r="D2" s="38"/>
+      <c r="E2" s="38"/>
+      <c r="F2" s="38"/>
+      <c r="G2" s="38"/>
+      <c r="H2" s="38"/>
+      <c r="I2" s="38"/>
+      <c r="J2" s="38"/>
+      <c r="K2" s="38"/>
+    </row>
+    <row r="3" spans="1:17" s="1" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="138" t="s">
+        <v>100</v>
+      </c>
+      <c r="B3" s="54"/>
+      <c r="C3" s="40"/>
       <c r="D3" s="2"/>
     </row>
-    <row r="4" spans="1:17" s="1" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
-[...4 lines deleted...]
-      <c r="C4" s="54"/>
+    <row r="4" spans="1:17" s="1" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="138" t="s">
+        <v>101</v>
+      </c>
+      <c r="B4" s="103"/>
+      <c r="C4" s="40"/>
       <c r="D4" s="2"/>
     </row>
-    <row r="5" spans="1:17" s="1" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
-[...4 lines deleted...]
-      <c r="C5" s="54"/>
+    <row r="5" spans="1:17" s="1" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="138" t="s">
+        <v>55</v>
+      </c>
+      <c r="B5" s="54"/>
+      <c r="C5" s="40"/>
       <c r="D5" s="2"/>
     </row>
-    <row r="6" spans="1:17" s="1" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
-[...4 lines deleted...]
-      <c r="C6" s="54"/>
+    <row r="6" spans="1:17" s="1" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="138" t="s">
+        <v>54</v>
+      </c>
+      <c r="B6" s="103"/>
+      <c r="C6" s="40"/>
       <c r="D6" s="2"/>
     </row>
-    <row r="7" spans="1:17" s="1" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
-[...4 lines deleted...]
-      <c r="C7" s="55"/>
+    <row r="7" spans="1:17" s="1" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="138" t="s">
+        <v>87</v>
+      </c>
+      <c r="B7" s="54"/>
+      <c r="C7" s="41"/>
       <c r="D7" s="2"/>
     </row>
-    <row r="8" spans="1:17" s="1" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
-[...2 lines deleted...]
-      <c r="C8" s="56"/>
+    <row r="8" spans="1:17" s="1" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="89"/>
+      <c r="B8" s="90"/>
+      <c r="C8" s="42"/>
       <c r="D8" s="2"/>
     </row>
-    <row r="9" spans="1:17" s="1" customFormat="1" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:17" s="1" customFormat="1" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A9" s="22"/>
-      <c r="B9" s="59" t="s">
-[...3 lines deleted...]
-        <v>68</v>
+      <c r="B9" s="45" t="s">
+        <v>69</v>
+      </c>
+      <c r="C9" s="45" t="s">
+        <v>58</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2"/>
       <c r="F9" s="2"/>
       <c r="G9" s="2"/>
     </row>
-    <row r="10" spans="1:17" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="10" spans="1:17" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>0</v>
       </c>
-      <c r="B10" s="73" t="s">
-[...2 lines deleted...]
-      <c r="C10" s="84">
+      <c r="B10" s="59" t="s">
+        <v>65</v>
+      </c>
+      <c r="C10" s="69">
         <v>4000001</v>
       </c>
-      <c r="D10" s="77"/>
-[...14 lines deleted...]
-    <row r="11" spans="1:17" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="D10" s="139"/>
+      <c r="E10" s="139"/>
+      <c r="F10" s="139"/>
+      <c r="G10" s="139"/>
+      <c r="H10" s="139"/>
+      <c r="I10" s="139"/>
+      <c r="J10" s="139"/>
+      <c r="K10" s="139"/>
+      <c r="L10" s="139"/>
+      <c r="M10" s="139"/>
+      <c r="N10" s="139"/>
+      <c r="O10" s="139"/>
+      <c r="P10" s="139"/>
+      <c r="Q10" s="139"/>
+    </row>
+    <row r="11" spans="1:17" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="5" t="s">
-        <v>129</v>
-[...4 lines deleted...]
-      <c r="C11" s="122">
+        <v>109</v>
+      </c>
+      <c r="B11" s="59" t="s">
+        <v>103</v>
+      </c>
+      <c r="C11" s="104">
         <v>10</v>
       </c>
-      <c r="D11" s="78"/>
-[...14 lines deleted...]
-    <row r="12" spans="1:17" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="D11" s="140"/>
+      <c r="E11" s="140"/>
+      <c r="F11" s="140"/>
+      <c r="G11" s="140"/>
+      <c r="H11" s="140"/>
+      <c r="I11" s="140"/>
+      <c r="J11" s="140"/>
+      <c r="K11" s="140"/>
+      <c r="L11" s="140"/>
+      <c r="M11" s="140"/>
+      <c r="N11" s="140"/>
+      <c r="O11" s="140"/>
+      <c r="P11" s="140"/>
+      <c r="Q11" s="140"/>
+    </row>
+    <row r="12" spans="1:17" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="5" t="s">
         <v>24</v>
       </c>
-      <c r="B12" s="70"/>
-[...18 lines deleted...]
-    <row r="13" spans="1:17" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B12" s="56"/>
+      <c r="C12" s="70">
+        <v>45839</v>
+      </c>
+      <c r="D12" s="141"/>
+      <c r="E12" s="141"/>
+      <c r="F12" s="141"/>
+      <c r="G12" s="141"/>
+      <c r="H12" s="141"/>
+      <c r="I12" s="141"/>
+      <c r="J12" s="141"/>
+      <c r="K12" s="141"/>
+      <c r="L12" s="141"/>
+      <c r="M12" s="141"/>
+      <c r="N12" s="141"/>
+      <c r="O12" s="141"/>
+      <c r="P12" s="141"/>
+      <c r="Q12" s="141"/>
+    </row>
+    <row r="13" spans="1:17" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="B13" s="74" t="s">
-[...2 lines deleted...]
-      <c r="C13" s="86">
+      <c r="B13" s="60" t="s">
+        <v>66</v>
+      </c>
+      <c r="C13" s="71">
         <v>0.4375</v>
       </c>
-      <c r="D13" s="107"/>
-[...15 lines deleted...]
-      <c r="A14" s="106" t="s">
+      <c r="D13" s="142"/>
+      <c r="E13" s="142"/>
+      <c r="F13" s="142"/>
+      <c r="G13" s="142"/>
+      <c r="H13" s="142"/>
+      <c r="I13" s="142"/>
+      <c r="J13" s="142"/>
+      <c r="K13" s="142"/>
+      <c r="L13" s="142"/>
+      <c r="M13" s="142"/>
+      <c r="N13" s="142"/>
+      <c r="O13" s="142"/>
+      <c r="P13" s="142"/>
+      <c r="Q13" s="142"/>
+    </row>
+    <row r="14" spans="1:17" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="91" t="s">
+        <v>88</v>
+      </c>
+      <c r="B14" s="81">
+        <v>1301</v>
+      </c>
+      <c r="C14" s="93">
+        <v>21</v>
+      </c>
+      <c r="D14" s="143"/>
+      <c r="E14" s="143"/>
+      <c r="F14" s="143"/>
+      <c r="G14" s="143"/>
+      <c r="H14" s="143"/>
+      <c r="I14" s="143"/>
+      <c r="J14" s="143"/>
+      <c r="K14" s="143"/>
+      <c r="L14" s="143"/>
+      <c r="M14" s="143"/>
+      <c r="N14" s="143"/>
+      <c r="O14" s="143"/>
+      <c r="P14" s="143"/>
+      <c r="Q14" s="143"/>
+    </row>
+    <row r="15" spans="1:17" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="91" t="s">
         <v>102</v>
       </c>
-      <c r="B14" s="96">
-[...24 lines deleted...]
-      <c r="B15" s="96">
+      <c r="B15" s="81">
         <v>1302</v>
       </c>
-      <c r="C15" s="110">
+      <c r="C15" s="93">
         <v>7.28</v>
       </c>
-      <c r="D15" s="107"/>
-[...18 lines deleted...]
-      <c r="B16" s="96">
+      <c r="D15" s="143"/>
+      <c r="E15" s="143"/>
+      <c r="F15" s="143"/>
+      <c r="G15" s="143"/>
+      <c r="H15" s="143"/>
+      <c r="I15" s="143"/>
+      <c r="J15" s="143"/>
+      <c r="K15" s="143"/>
+      <c r="L15" s="143"/>
+      <c r="M15" s="143"/>
+      <c r="N15" s="143"/>
+      <c r="O15" s="143"/>
+      <c r="P15" s="143"/>
+      <c r="Q15" s="143"/>
+    </row>
+    <row r="16" spans="1:17" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="91" t="s">
+        <v>89</v>
+      </c>
+      <c r="B16" s="81">
         <v>1303</v>
       </c>
-      <c r="C16" s="110">
+      <c r="C16" s="93">
         <v>468</v>
       </c>
-      <c r="D16" s="107"/>
-[...18 lines deleted...]
-      <c r="B17" s="96">
+      <c r="D16" s="143"/>
+      <c r="E16" s="143"/>
+      <c r="F16" s="143"/>
+      <c r="G16" s="143"/>
+      <c r="H16" s="143"/>
+      <c r="I16" s="143"/>
+      <c r="J16" s="143"/>
+      <c r="K16" s="143"/>
+      <c r="L16" s="143"/>
+      <c r="M16" s="143"/>
+      <c r="N16" s="143"/>
+      <c r="O16" s="143"/>
+      <c r="P16" s="143"/>
+      <c r="Q16" s="143"/>
+    </row>
+    <row r="17" spans="1:18" ht="39.6" x14ac:dyDescent="0.25">
+      <c r="A17" s="91" t="s">
+        <v>90</v>
+      </c>
+      <c r="B17" s="81">
         <v>1311</v>
       </c>
-      <c r="C17" s="110">
+      <c r="C17" s="93">
         <v>3.3</v>
       </c>
-      <c r="D17" s="107"/>
-[...19 lines deleted...]
-      <c r="B18" s="96">
+      <c r="D17" s="143"/>
+      <c r="E17" s="143"/>
+      <c r="F17" s="143"/>
+      <c r="G17" s="143"/>
+      <c r="H17" s="143"/>
+      <c r="I17" s="143"/>
+      <c r="J17" s="143"/>
+      <c r="K17" s="143"/>
+      <c r="L17" s="143"/>
+      <c r="M17" s="143"/>
+      <c r="N17" s="143"/>
+      <c r="O17" s="143"/>
+      <c r="P17" s="143"/>
+      <c r="Q17" s="143"/>
+      <c r="R17" s="92"/>
+    </row>
+    <row r="18" spans="1:18" ht="39.6" x14ac:dyDescent="0.25">
+      <c r="A18" s="91" t="s">
+        <v>108</v>
+      </c>
+      <c r="B18" s="81">
         <v>1312</v>
       </c>
-      <c r="C18" s="110">
+      <c r="C18" s="93">
         <v>37</v>
       </c>
-      <c r="D18" s="81"/>
-[...14 lines deleted...]
-    <row r="19" spans="1:18" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="D18" s="143"/>
+      <c r="E18" s="143"/>
+      <c r="F18" s="143"/>
+      <c r="G18" s="143"/>
+      <c r="H18" s="143"/>
+      <c r="I18" s="143"/>
+      <c r="J18" s="143"/>
+      <c r="K18" s="143"/>
+      <c r="L18" s="143"/>
+      <c r="M18" s="143"/>
+      <c r="N18" s="143"/>
+      <c r="O18" s="143"/>
+      <c r="P18" s="143"/>
+      <c r="Q18" s="143"/>
+    </row>
+    <row r="19" spans="1:18" ht="40.200000000000003" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A19" s="19" t="s">
-        <v>78</v>
-[...37 lines deleted...]
-        <v>126</v>
+        <v>68</v>
+      </c>
+      <c r="B19" s="61" t="s">
+        <v>67</v>
+      </c>
+      <c r="C19" s="145"/>
+      <c r="D19" s="144"/>
+      <c r="E19" s="144"/>
+      <c r="F19" s="144"/>
+      <c r="G19" s="144"/>
+      <c r="H19" s="144"/>
+      <c r="I19" s="144"/>
+      <c r="J19" s="144"/>
+      <c r="K19" s="144"/>
+      <c r="L19" s="144"/>
+      <c r="M19" s="144"/>
+      <c r="N19" s="144"/>
+      <c r="O19" s="144"/>
+      <c r="P19" s="144"/>
+      <c r="Q19" s="144"/>
+    </row>
+    <row r="20" spans="1:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="153"/>
+      <c r="B20" s="153"/>
+      <c r="C20" s="153"/>
+    </row>
+    <row r="21" spans="1:18" ht="12.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A21" s="153"/>
+      <c r="B21" s="153"/>
+      <c r="C21" s="153"/>
+    </row>
+    <row r="22" spans="1:18" ht="13.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A22" s="107" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="23" spans="1:18" ht="53.4" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A23" s="106" t="s">
+        <v>106</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="I1:Q1"/>
     <mergeCell ref="A20:C20"/>
     <mergeCell ref="A21:C21"/>
   </mergeCells>
   <pageMargins left="0.78740157499999996" right="0.78740157499999996" top="0.984251969" bottom="0.984251969" header="0.4921259845" footer="0.4921259845"/>
   <pageSetup paperSize="9" scale="60" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
   <legacyDrawing r:id="rId2"/>
-</worksheet>
-[...275 lines deleted...]
-  <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...7 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="fa97195c-a716-47a6-b686-64c0b5f08f37" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="975bcfb9-be2d-4da9-8629-31f845b77c27">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <Commentaires xmlns="975bcfb9-be2d-4da9-8629-31f845b77c27" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100733BF2706C354E4AAA083B2D841C466D" ma:contentTypeVersion="17" ma:contentTypeDescription="Crée un document." ma:contentTypeScope="" ma:versionID="99a2c7d7c5a71caacd572d46cb5b438f">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="975bcfb9-be2d-4da9-8629-31f845b77c27" xmlns:ns3="fa97195c-a716-47a6-b686-64c0b5f08f37" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="53ca56494ff03d1e0e75b3ee173e46b4" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100733BF2706C354E4AAA083B2D841C466D" ma:contentTypeVersion="17" ma:contentTypeDescription="Crée un document." ma:contentTypeScope="" ma:versionID="03522c0184aba76a3f8a8f48de0f7387">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="975bcfb9-be2d-4da9-8629-31f845b77c27" xmlns:ns3="fa97195c-a716-47a6-b686-64c0b5f08f37" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="2fd01e07aed38faa339cc4660fc4c5b2" ns2:_="" ns3:_="">
     <xsd:import namespace="975bcfb9-be2d-4da9-8629-31f845b77c27"/>
     <xsd:import namespace="fa97195c-a716-47a6-b686-64c0b5f08f37"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:Commentaires" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
@@ -7675,126 +8672,106 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{00C98B11-F893-4710-B5BB-13F8EE3B8DCF}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="fa97195c-a716-47a6-b686-64c0b5f08f37"/>
+    <ds:schemaRef ds:uri="975bcfb9-be2d-4da9-8629-31f845b77c27"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6F5E84AB-8700-4217-8A51-C16AB46C3C1C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...15 lines deleted...]
-
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DD498F65-8380-4C76-B4A4-57777D9F68CE}">
-[...14 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{77FB68C4-1C49-4028-A9ED-E965C54DE679}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Feuilles de calcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>9</vt:i4>
+        <vt:i4>10</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="9" baseType="lpstr">
+    <vt:vector size="10" baseType="lpstr">
       <vt:lpstr>Nouveautés_Masque</vt:lpstr>
-      <vt:lpstr>Invertébrés PMCE &amp; I2M2</vt:lpstr>
-      <vt:lpstr>Invertébrés GCE &amp; I2M2</vt:lpstr>
+      <vt:lpstr>Macro invertébrés_peu_profonds</vt:lpstr>
+      <vt:lpstr>Macro invertébrés_profonds</vt:lpstr>
       <vt:lpstr>IBD</vt:lpstr>
       <vt:lpstr>IBMR</vt:lpstr>
       <vt:lpstr>IPR</vt:lpstr>
       <vt:lpstr>IOBS</vt:lpstr>
+      <vt:lpstr>IPHYGE</vt:lpstr>
       <vt:lpstr>Physico-chimie</vt:lpstr>
       <vt:lpstr>Commentaires _Typologie Agence </vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company>Agence de l'eau Loire-Bretagne</Company>
+  <Company>Agence de l'Eau Loire Bretagne</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Masque de saisie hydrobiologie</dc:title>
   <dc:subject>Formulaire de saisie des indices hydrobiologiques et métriques (IBG/I2M2/IBD/IBMR/IPR), à destination des producteurs de données qualité des cours d'eau. A transmettre à l'agence de l'eau Loire-Bretagne pour bancariser les données dans la banque de bassin OSUR</dc:subject>
-  <dc:creator>Agence de l'eau Loire-Bretagne</dc:creator>
+  <dc:creator>AELB</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100733BF2706C354E4AAA083B2D841C466D</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>